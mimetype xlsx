--- v0 (2026-01-24)
+++ v1 (2026-01-24)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen) · Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances) · location of vehicle tracks</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>presence of vehicle tracks (soil disturbances)</t>
+  </si>
+  <si>
+    <t>location of vehicle tracks</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>Bestand</t>
-[...23 lines deleted...]
-    <t>keine Fahrspur festgestellt</t>
+    <t>stand</t>
+  </si>
+  <si>
+    <t>skid trail</t>
+  </si>
+  <si>
+    <t>skid road</t>
+  </si>
+  <si>
+    <t>hand-skidding path</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>track type 1 (slight disturbance)</t>
+  </si>
+  <si>
+    <t>track type 2 (moderate disturbance)</t>
+  </si>
+  <si>
+    <t>track type 3 (severe disturbance)</t>
+  </si>
+  <si>
+    <t>no vehicle tracks present</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410617/592448</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden im 2-Aren-Kreis und im Falle einer Fahrspur Angabe des Spurtyps. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
+      <t xml:space="preserve">location of vehicle tracks</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #732</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden innerhalb des 2-Aren-Kreises, klassiert nach der Lage, in der die Spuren vorkommen. Grundlage: Feldaufnahme (MID 545: Schadenumgebung)</t>
+    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle, classified according to where the tracks occur. Reference: Field Survey (MID 545: Schadenumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2669,270 +2669,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410617/592448</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
+            <t xml:space="preserve">location of vehicle tracks</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #732</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>