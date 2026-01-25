--- v0 (2026-01-24)
+++ v1 (2026-01-25)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>presence of vehicle tracks (soil disturbances) · location of vehicle tracks</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen) · Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...29 lines deleted...]
-    <t>location of vehicle tracks</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
+  </si>
+  <si>
+    <t>Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>stand</t>
-[...23 lines deleted...]
-    <t>no vehicle tracks present</t>
+    <t>Bestand</t>
+  </si>
+  <si>
+    <t>Rückegasse</t>
+  </si>
+  <si>
+    <t>Maschinenweg</t>
+  </si>
+  <si>
+    <t>Reistweg</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>Spurtyp 1 (leichte Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 2 (mässige Störung)</t>
+  </si>
+  <si>
+    <t>Spurtyp 3 (starke Störung)</t>
+  </si>
+  <si>
+    <t>keine Fahrspur festgestellt</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410632/592463</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+      <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden im 2-Aren-Kreis und im Falle einer Fahrspur Angabe des Spurtyps. Bei Spurtyp 3 (starke Störung) ist davon auszugehen, dass die Bodenfruchbarkeit erheblich und langfristig geschädigt ist (Lüscher et al. 2016). Grundlage: Feldaufnahme (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">location of vehicle tracks</t>
+      <t xml:space="preserve">Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #732</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle, classified according to where the tracks occur. Reference: Field Survey (MID 545: Schadenumgebung)</t>
+    <t>Probeflächen ohne/mit deutlich erkennbaren Spuren von Holzerntefahrzeugen wie Traktoren, Forwardern und Vollerntern auf dem Waldboden innerhalb des 2-Aren-Kreises, klassiert nach der Lage, in der die Spuren vorkommen. Grundlage: Feldaufnahme (MID 545: Schadenumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.415" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="48.131" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2669,270 +2669,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410632/592463</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+            <t xml:space="preserve">Vorkommen von Fahrzeugspuren (Bodenstörungen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">location of vehicle tracks</t>
+            <t xml:space="preserve">Lage der Fahrzeugspuren (2-Aren-Kreis)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #732</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>