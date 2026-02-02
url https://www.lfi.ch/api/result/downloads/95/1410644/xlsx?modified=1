--- v0 (2025-11-19)
+++ v1 (2026-02-02)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>presence of vehicle tracks (soil disturbances) · location of vehicle tracks</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>présence d'ornières (perturbations du sol) · emplacement des ornières (cercle de 2 ares)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotal</t>
+      <t xml:space="preserve">: %, sous-total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>biogeographical region</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...17 lines deleted...]
-    <t>location of vehicle tracks</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>présence d'ornières (perturbations du sol)</t>
+  </si>
+  <si>
+    <t>emplacement des ornières (cercle de 2 ares)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>stand</t>
-[...8 lines deleted...]
-    <t>hand-skidding path</t>
+    <t>peuplement</t>
+  </si>
+  <si>
+    <t>layon de débardage</t>
+  </si>
+  <si>
+    <t>piste à machine</t>
+  </si>
+  <si>
+    <t>layon de châblage</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
-    <t>track type 1 (slight disturbance)</t>
-[...8 lines deleted...]
-    <t>no vehicle tracks present</t>
+    <t>type d'ornière 1 (perturbation légère)</t>
+  </si>
+  <si>
+    <t>type d'ornière 2 (perturbation modérée)</t>
+  </si>
+  <si>
+    <t>type d'ornière 3 (perturbation forte)</t>
+  </si>
+  <si>
+    <t>pas d'ornières présentes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410644/592475</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+      <t xml:space="preserve">présence d'ornières (perturbations du sol)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #729</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle. If there are tracks, indication of the track type. In the case of track type 3 (severe disturbance), it can be assumed that the damage to the soil fertility will be significant and long term (Lüscher et al. 2016). Reference: Field Survey (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
+    <t>Placettes d'échantillonnage avec/sans ornières clairement reconnaissables dues à des véhicules de récolte de bois tels que tracteurs, porteurs et récolteuses dans le cercle de 2 ares, le cas échéant avec indication du type d'ornière. En présence d'ornières de type 3 (perturbation forte), il faut considérer que la fertilité du sol est considérablement et durablement endommagée (Lüscher et al. 2016). Source: relevé de terrain (MID 544: Fahrzeugspuren, MID 496: Bodenschadentyp)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">location of vehicle tracks</t>
+      <t xml:space="preserve">emplacement des ornières (cercle de 2 ares)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #732</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle, classified according to where the tracks occur. Reference: Field Survey (MID 545: Schadenumgebung)</t>
+    <t>Placettes d'échantillonnage avec/sans ornières clairement reconnaissables dues à des véhicules de récolte de bois tels que tracteurs, porteurs et récolteuses dans le cercle des 2 ares, classées en fonction de la situation dans laquelle les traces apparaissent. Source: relevé de terrain (MID 545: Schadenumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2669,270 +2669,270 @@
         <v>100.0</v>
       </c>
       <c r="N48" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O48" s="6">
         <v>100.0</v>
       </c>
       <c r="P48" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="49" spans="1:16" customHeight="1" ht="21.75">
       <c r="A49" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410644/592475</t>
           </r>
         </is>
       </c>
       <c r="C49" s="3"/>
       <c r="D49" s="3"/>
       <c r="E49" s="3"/>
       <c r="F49" s="3"/>
       <c r="G49" s="3"/>
       <c r="H49" s="3"/>
       <c r="I49" s="3"/>
       <c r="J49" s="3"/>
       <c r="K49" s="3"/>
       <c r="L49" s="3"/>
       <c r="M49" s="3"/>
       <c r="N49" s="3"/>
       <c r="O49" s="3"/>
       <c r="P49" s="3"/>
     </row>
     <row r="52" spans="1:16">
       <c r="A52" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="53" spans="1:16" customHeight="1" ht="29">
       <c r="A53" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="55" spans="1:16">
       <c r="A55" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">presence of vehicle tracks (soil disturbances)</t>
+            <t xml:space="preserve">présence d'ornières (perturbations du sol)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #729</t>
           </r>
         </is>
       </c>
     </row>
     <row r="56" spans="1:16" customHeight="1" ht="29">
       <c r="A56" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="58" spans="1:16">
       <c r="A58" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">location of vehicle tracks</t>
+            <t xml:space="preserve">emplacement des ornières (cercle de 2 ares)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #732</t>
           </r>
         </is>
       </c>
     </row>
     <row r="59" spans="1:16" customHeight="1" ht="29">
       <c r="A59" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="61" spans="1:16">
       <c r="A61" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="62" spans="1:16" customHeight="1" ht="29">
       <c r="A62" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="64" spans="1:16">
       <c r="A64" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="65" spans="1:16" customHeight="1" ht="29">
       <c r="A65" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="67" spans="1:16">
       <c r="A67" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="68" spans="1:16" customHeight="1" ht="29">
       <c r="A68" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>