--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,350 +14,350 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>location of vehicle tracks</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...2 lines deleted...]
-    <t>stand</t>
+    <t>nessuna indicazione</t>
+  </si>
+  <si>
+    <t>popolamento</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>skid trail</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>sentiero di esbosco</t>
+  </si>
+  <si>
+    <t>pista di esbosco</t>
+  </si>
+  <si>
+    <t>sentiero di avvallamento</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410654/592485</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest plots</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">location of vehicle tracks</t>
+      <t xml:space="preserve">ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #732</t>
     </r>
   </si>
   <si>
-    <t>Sample plots with/without tracks of timber-harvesting vehicles such as tractors, forwarders and harvesters on the forest floor within the 200 m² circle, classified according to where the tracks occur. Reference: Field Survey (MID 545: Schadenumgebung)</t>
+    <t>Aree di saggio senza/con chiare tracce al suolo di veicoli per la raccolta del legname come trattori, forwarder ed esboscatrici forestali all'interno della superficie di 2 are, classificate in base alla posizione in cui si trovano le tracce. Fonte: inchiesta presso il servizio forestale (MID 545: Schadenumgebung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -709,51 +709,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="67.127" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1158,235 +1158,235 @@
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N18" s="6">
         <v>100.0</v>
       </c>
       <c r="O18" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="19" spans="1:15" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410654/592485</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
       <c r="N19" s="3"/>
       <c r="O19" s="3"/>
     </row>
     <row r="22" spans="1:15">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest plots</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">location of vehicle tracks</t>
+            <t xml:space="preserve">ubicazione delle traccie di veicoli (cerchio di 2 are)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #732</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>