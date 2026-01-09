--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>branch brushwood mass of living trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410731/592562</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">massa della ramaglia fine degli alberi vivi</t>
+      <t xml:space="preserve">branch brushwood mass of living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #48</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) del legno dei rami di un diametro inferiore a 7 cm con corteccia degli alberi e arbusti vivi di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Dry weight (mass) of branches &lt;7 cm with bark from living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410731/592562</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">massa della ramaglia fine degli alberi vivi</t>
+            <t xml:space="preserve">branch brushwood mass of living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #48</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>