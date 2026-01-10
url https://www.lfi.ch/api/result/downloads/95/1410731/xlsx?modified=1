--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>masse du menu bois des branches des arbres vifs</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410731/592562</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">branch brushwood mass of living trees</t>
+      <t xml:space="preserve">masse du menu bois des branches des arbres vifs</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #48</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of branches &lt;7 cm with bark from living trees and shrubs with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Poids sec (masse) du bois des branches d'un diamètre inférieur à 7 cm en écorce des arbres et arbustes vifs d'au moins 12 cm de diamètre à hauteur de poitrine (DHP).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410731/592562</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">branch brushwood mass of living trees</t>
+            <t xml:space="preserve">masse du menu bois des branches des arbres vifs</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #48</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>