--- v0 (2025-11-19)
+++ v1 (2026-01-07)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse des Totholzes</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,243 +172,243 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410765/592596</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of deadwood</t>
+      <t xml:space="preserve">Biomasse des Totholzes</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
+    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1837,51 +1837,51 @@
         <v>100.0</v>
       </c>
       <c r="AY16" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ16" s="6">
         <v>100.0</v>
       </c>
       <c r="BA16" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:53" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410765/592596</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1919,191 +1919,191 @@
       <c r="AQ17" s="3"/>
       <c r="AR17" s="3"/>
       <c r="AS17" s="3"/>
       <c r="AT17" s="3"/>
       <c r="AU17" s="3"/>
       <c r="AV17" s="3"/>
       <c r="AW17" s="3"/>
       <c r="AX17" s="3"/>
       <c r="AY17" s="3"/>
       <c r="AZ17" s="3"/>
       <c r="BA17" s="3"/>
     </row>
     <row r="20" spans="1:53">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of deadwood</t>
+            <t xml:space="preserve">Biomasse des Totholzes</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:53" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="23" spans="1:53">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:53" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="26" spans="1:53">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:53" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:53">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:53" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="32" spans="1:53">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:53" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>