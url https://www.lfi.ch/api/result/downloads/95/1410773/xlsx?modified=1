--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410773/592604</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of deadwood</t>
+      <t xml:space="preserve">necromassa</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
+    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410773/592604</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of deadwood</t>
+            <t xml:space="preserve">necromassa</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>