--- v1 (2026-01-23)
+++ v2 (2026-01-24)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse des Totholzes</t>
+  </si>
+  <si>
+    <t>Eigentum (2 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...54 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>öffentlich</t>
+  </si>
+  <si>
+    <t>privat</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410773/592604</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa</t>
+      <t xml:space="preserve">Biomasse des Totholzes</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
+    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">Eigentum (2 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410773/592604</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa</t>
+            <t xml:space="preserve">Biomasse des Totholzes</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">Eigentum (2 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>