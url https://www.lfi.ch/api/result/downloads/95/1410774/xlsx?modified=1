--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of deadwood</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410774/592605</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa</t>
+      <t xml:space="preserve">biomass of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) del legno morto in piedi e a terra, determinato sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione per le seguenti componenti: 1) legno del fusto, ramaglia commerciabile, ramaglia fine e radici degli alberi e arbusti morti in piedi e a terra di almeno 12 cm di diametro a petto d'uomo (DPU) senza rottura del fusto, 2) legno del fusto della parte ancora in piedi, ramaglia fine e radici degli alberi e arbusti morti in piedi di almeno 12 cm di DPU con una rottura del fusto, e 3) legno morto LIS, ossia legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di DPU.</t>
+    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410774/592605</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa</t>
+            <t xml:space="preserve">biomass of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>