--- v0 (2025-12-16)
+++ v1 (2025-12-17)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Eigentum (2 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of deadwood</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...33 lines deleted...]
-    <t>Mio kg</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>öffentlich</t>
-[...5 lines deleted...]
-    <t>Total</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410787/592618</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Biomasse des Totholzes</t>
+      <t xml:space="preserve">biomass of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #71</t>
     </r>
   </si>
   <si>
-    <t>Trockengewicht (Masse) des stehenden und liegenden Totholzes, ermittelt mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus folgenden Komponenten: 1) Schaftholz, Astderbholz, Astreisig und Wurzeln von stehenden und liegenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD) ohne Schaftbruch, 2) Schaftholz des noch stehenden Stumpfes, Astreisig und Wurzeln von stehenden toten Bäumen und Sträuchern ab 12 cm BHD mit Schaftbruch und 3) LIS-Totholz, d.h. dem liegendem Totholz ab 7 cm Durchmesser (Derbholz; ohne Derbholzstücke in Asthaufen), das keinem Baum oder Strauch ab 12 cm BHD zugeordnet werden kann.</t>
+    <t>Dry weight (mass) of standing and lying deadwood, determined with the help of the species- and decomposition-dependent wood densities of the following components: 1) stemwood, merchantable branchwood, branch brushwood and roots of standing and lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm without stem breakage; 2) stemwood of the still standing stump, branch brushwood and roots of standing dead trees and shrubs ≥12 cm dbh with stem breakage and 3) LIS-deadwood, i.e. the lying deadwood with a diameter ≥7 cm (merchantable wood without merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub ≥12 cm dbh.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Eigentum (2 Klassen)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Eigentumsverhältnis am Wald, charakterisiert mithilfe der zwei Klassen «öffentlich» und «privat». Grundlage: Forstdienstbefragung (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,64 +703,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1058,235 +1058,235 @@
         <v>2935</v>
       </c>
       <c r="M16" s="6">
         <v>8</v>
       </c>
       <c r="N16" s="6">
         <v>23042</v>
       </c>
       <c r="O16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410787/592618</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Biomasse des Totholzes</t>
+            <t xml:space="preserve">biomass of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #71</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Eigentum (2 Klassen)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>