--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,409 +14,409 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di specie legnose (a partire da 12 cm di DPU)</t>
+  </si>
+  <si>
+    <t>data dell'ultimo intervento (classi di 5 risp. 10 anni) · fasce vegetazionali NaiS (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: Stk.</t>
+      <t xml:space="preserve">: n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Stk.</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
+  </si>
+  <si>
+    <t>fasce vegetazionali NaiS (6 classi)</t>
+  </si>
+  <si>
+    <t>n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...38 lines deleted...]
-    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+    <t>subalpina superiore</t>
+  </si>
+  <si>
+    <t>subalpina</t>
+  </si>
+  <si>
+    <t>altimontana</t>
+  </si>
+  <si>
+    <t>montana inferiore e superiore</t>
+  </si>
+  <si>
+    <t>submontana</t>
+  </si>
+  <si>
+    <t>iperinsubrica e collinare</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>0-5 anni fa</t>
+  </si>
+  <si>
+    <t>6-10 anni fa</t>
+  </si>
+  <si>
+    <t>11-20 anni fa</t>
+  </si>
+  <si>
+    <t>21-30 anni fa</t>
+  </si>
+  <si>
+    <t>31-50 anni fa</t>
+  </si>
+  <si>
+    <t>51-100 anni fa</t>
+  </si>
+  <si>
+    <t>&gt;100 anni fa o mai nessuna gestione</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410820/592651</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Gehölzarten (ab 12 cm BHD)</t>
+      <t xml:space="preserve">numero di specie legnose (a partire da 12 cm di DPU)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #41</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Baum- und Straucharten ab 12 cm Brusthöhendurchmesser (BHD) auf dem 2-Aren-Probekreis.</t>
+    <t>Numero di specie di alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) nel cerchio di campionamento di 2 are.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
+      <t xml:space="preserve">data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #711</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu fünf oder zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Numero di anni dall'ultimo intervento selvicolturale, in classi di cinque o dieci anni. Gli interventi selvicolturali comprendono interventi di cura della rinnovazione e tagli di sgombero, piantagione e semina, nonché interventi fitosanitari e di promozione della sicurezza. Fonte: inchiesta presso il servizio forestale (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -768,63 +768,63 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N104"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="72.982" bestFit="true" customWidth="true" style="0"/>
-[...1 lines deleted...]
-    <col min="3" max="3" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="5" max="5" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="7" max="7" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="9" max="9" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="11" max="11" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="13" max="13" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:14">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:14">
       <c r="A5" t="s">
@@ -3969,268 +3969,268 @@
         <v>2.1</v>
       </c>
       <c r="L84" s="6">
         <v>3</v>
       </c>
       <c r="M84" s="6">
         <v>2.3</v>
       </c>
       <c r="N84" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="21.75">
       <c r="A85" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410820/592651</t>
           </r>
         </is>
       </c>
       <c r="C85" s="3"/>
       <c r="D85" s="3"/>
       <c r="E85" s="3"/>
       <c r="F85" s="3"/>
       <c r="G85" s="3"/>
       <c r="H85" s="3"/>
       <c r="I85" s="3"/>
       <c r="J85" s="3"/>
       <c r="K85" s="3"/>
       <c r="L85" s="3"/>
       <c r="M85" s="3"/>
       <c r="N85" s="3"/>
     </row>
     <row r="88" spans="1:14">
       <c r="A88" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Gehölzarten (ab 12 cm BHD)</t>
+            <t xml:space="preserve">numero di specie legnose (a partire da 12 cm di DPU)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #41</t>
           </r>
         </is>
       </c>
     </row>
     <row r="89" spans="1:14" customHeight="1" ht="29">
       <c r="A89" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="91" spans="1:14">
       <c r="A91" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (5- bzw. 10-Jahres-Klassen)</t>
+            <t xml:space="preserve">data dell'ultimo intervento (classi di 5 risp. 10 anni)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #711</t>
           </r>
         </is>
       </c>
     </row>
     <row r="92" spans="1:14" customHeight="1" ht="29">
       <c r="A92" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="94" spans="1:14">
       <c r="A94" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
+            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="95" spans="1:14" customHeight="1" ht="29">
       <c r="A95" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="97" spans="1:14">
       <c r="A97" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="98" spans="1:14" customHeight="1" ht="29">
       <c r="A98" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="100" spans="1:14">
       <c r="A100" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="101" spans="1:14" customHeight="1" ht="29">
       <c r="A101" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="103" spans="1:14">
       <c r="A103" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="104" spans="1:14" customHeight="1" ht="29">
       <c r="A104" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>