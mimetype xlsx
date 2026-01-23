--- v0 (2025-12-07)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldranddichte</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>densità del margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...27 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>offen (0-25% geschlossen)</t>
-[...11 lines deleted...]
-    <t>Total</t>
+    <t>aperto (chiusura: 0-25%)</t>
+  </si>
+  <si>
+    <t>rado (chiusura: 26-50%)</t>
+  </si>
+  <si>
+    <t>leggero (chiusura: 51-75%)</t>
+  </si>
+  <si>
+    <t>denso (chiusura:76-100%)</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410828/592659</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldranddichte</t>
+      <t xml:space="preserve">densità del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #584</t>
     </r>
   </si>
   <si>
-    <t>Dichte von Waldmantel und Strauchgürtel vom Boden bis in eine Höhe von 2 m in belaubtem Zustand in vier Klassen. Grundlage: Feldaufnahme (MID 43: Waldranddichte)</t>
+    <t>Densità del mantello boschivo e della fascia arbustiva in stato frondoso (in quattro classi), misurata dal suolo a un'altezza di 2 m. Fonte: rilievo sul terreno (MID 43: Waldranddichte)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN2, IFN3, IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="32.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="36.42" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1105,233 +1105,233 @@
         <v>100.0</v>
       </c>
       <c r="K18" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L18" s="6">
         <v>100.0</v>
       </c>
       <c r="M18" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="19" spans="1:13" customHeight="1" ht="21.75">
       <c r="A19" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410828/592659</t>
           </r>
         </is>
       </c>
       <c r="B19" s="3"/>
       <c r="C19" s="3"/>
       <c r="D19" s="3"/>
       <c r="E19" s="3"/>
       <c r="F19" s="3"/>
       <c r="G19" s="3"/>
       <c r="H19" s="3"/>
       <c r="I19" s="3"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3"/>
       <c r="L19" s="3"/>
       <c r="M19" s="3"/>
     </row>
     <row r="22" spans="1:13">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="29">
       <c r="A23" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldranddichte</t>
+            <t xml:space="preserve">densità del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #584</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN2-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>