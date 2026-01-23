--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldmantelbreite</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>larghezza del mantello boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>kein Waldmantel</t>
+    <t>nessun mantello boschivo</t>
   </si>
   <si>
     <t>=2 m</t>
   </si>
   <si>
     <t>3-4 m</t>
   </si>
   <si>
     <t>5-6 m</t>
   </si>
   <si>
     <t xml:space="preserve">=7 m </t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410854/592685</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldmantelbreite</t>
+      <t xml:space="preserve">larghezza del mantello boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1287</t>
     </r>
   </si>
   <si>
-    <t>Breite des Waldmantels, d.h. des Teils des Waldrands, der aus einzelnen Individuen oder abgestuften Reihen von typischen Randbäumen (d.h. Bäumen mit einseitigen und eher langen Kronen) besteht, in vier Klassen. Grundlage: Feldaufnahme (MID 38: Waldmantelbreite)</t>
+    <t>Larghezza del mantello boschivo, ossia di quella parte del margine boschivo costituito da singoli alberi o file di alberi stratificati dalle caratteristiche tipiche (chiome sviluppate da una sola parte e tendenzialmente lunghe), in quattro classi. Fonte: rilievo sul terreno (MID 38: Waldmantelbreite)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="22.28" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1211,235 +1211,235 @@
         <v>100.0</v>
       </c>
       <c r="M19" s="7" t="s">
         <v>19</v>
       </c>
       <c r="N19" s="7">
         <v>100.0</v>
       </c>
       <c r="O19" s="7" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="20" spans="1:15" customHeight="1" ht="21.75">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410854/592685</t>
           </r>
         </is>
       </c>
       <c r="B20" s="3"/>
       <c r="C20" s="3"/>
       <c r="D20" s="3"/>
       <c r="E20" s="3"/>
       <c r="F20" s="3"/>
       <c r="G20" s="3"/>
       <c r="H20" s="3"/>
       <c r="I20" s="3"/>
       <c r="J20" s="3"/>
       <c r="K20" s="3"/>
       <c r="L20" s="3"/>
       <c r="M20" s="3"/>
       <c r="N20" s="3"/>
       <c r="O20" s="3"/>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldmantelbreite</t>
+            <t xml:space="preserve">larghezza del mantello boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1287</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>