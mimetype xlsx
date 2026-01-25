--- v0 (2026-01-24)
+++ v1 (2026-01-25)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of standing dead trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione biogeografica</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...30 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410930/592761</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa in piedi</t>
+      <t xml:space="preserve">biomass of standing dead trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #69</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) degli alberi e e arbusti morti in piedi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa viene determinata a partire dalle radici, dal legno del fusto e, a dipendenza del grado di decomposizione anche dal legno dei rami, sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
+    <t>Dry weight (mass) of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione biogeografica</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410930/592761</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa in piedi</t>
+            <t xml:space="preserve">biomass of standing dead trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #69</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione biogeografica</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>