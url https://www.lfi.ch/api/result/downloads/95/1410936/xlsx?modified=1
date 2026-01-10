--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>conifere e latifoglie</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of standing dead trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifere</t>
-[...8 lines deleted...]
-    <t>totale</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410936/592767</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa in piedi</t>
+      <t xml:space="preserve">biomass of standing dead trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #69</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) degli alberi e e arbusti morti in piedi a partire da 12 cm di diametro a petto d'uomo (DPU). Essa viene determinata a partire dalle radici, dal legno del fusto e, a dipendenza del grado di decomposizione anche dal legno dei rami, sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
+    <t>Dry weight (mass) of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifere e latifoglie</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1061,233 +1061,233 @@
         <v>100.0</v>
       </c>
       <c r="K17" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L17" s="6">
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="18" spans="1:13" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410936/592767</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa in piedi</t>
+            <t xml:space="preserve">biomass of standing dead trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #69</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifere e latifoglie</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>