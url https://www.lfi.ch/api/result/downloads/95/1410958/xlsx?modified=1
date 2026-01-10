--- v0 (2026-01-08)
+++ v1 (2026-01-10)
@@ -14,128 +14,128 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des arbres morts sur pied</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
       <t xml:space="preserve">: canton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
+    <t>état 2018/26</t>
   </si>
   <si>
     <t>canton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410958/592789</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of standing dead trees</t>
+      <t xml:space="preserve">biomasse des arbres morts sur pied</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #69</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
+    <t>Poids sec (masse) des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve">canton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Découpage régional dont les cantons constituent l'unité. Pour des raisons statistiques, les deux demi-cantons de Bâle-Campagne et Bâle-Ville sont regroupés en un seul canton.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="15.139" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>4.4</v>
       </c>
       <c r="AY17" s="6">
         <v>29</v>
       </c>
       <c r="AZ17" s="6">
         <v>6.9</v>
       </c>
       <c r="BA17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410958/592789</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,86 +2083,86 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of standing dead trees</t>
+            <t xml:space="preserve">biomasse des arbres morts sur pied</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #69</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
@@ -2188,86 +2188,86 @@
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>