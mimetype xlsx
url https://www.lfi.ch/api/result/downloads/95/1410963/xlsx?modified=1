--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>conifers and broadleaves</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>biomasse des arbres morts sur pied</t>
+  </si>
+  <si>
+    <t>résineux et feuillus</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de forêt protectrice</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de forêt protectrice</t>
+  </si>
+  <si>
+    <t>Plateau/Jura</t>
+  </si>
+  <si>
+    <t>Nord des Alpes ouest</t>
+  </si>
+  <si>
+    <t>Nord des Alpes est</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>conifers</t>
-[...5 lines deleted...]
-    <t>indeterminable</t>
+    <t>résineux</t>
+  </si>
+  <si>
+    <t>feuillus</t>
+  </si>
+  <si>
+    <t>indéterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410963/592794</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of standing dead trees</t>
+      <t xml:space="preserve">biomasse des arbres morts sur pied</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #69</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
+    <t>Poids sec (masse) des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">conifers and broadleaves</t>
+      <t xml:space="preserve">résineux et feuillus</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
+    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">région de forêt protectrice</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>8.3</v>
       </c>
       <c r="M17" s="6">
         <v>11</v>
       </c>
       <c r="N17" s="6">
         <v>6.8</v>
       </c>
       <c r="O17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410963/592794</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of standing dead trees</t>
+            <t xml:space="preserve">biomasse des arbres morts sur pied</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #69</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">conifers and broadleaves</t>
+            <t xml:space="preserve">résineux et feuillus</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">région de forêt protectrice</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>