--- v1 (2026-01-23)
+++ v2 (2026-03-18)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Biomasse der stehenden toten Bäume</t>
+  </si>
+  <si>
+    <t>Nadelholz, Laubholz</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>Nadelholz</t>
+  </si>
+  <si>
+    <t>Laubholz</t>
+  </si>
+  <si>
+    <t>nicht bestimmbar</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410963/592794</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse des arbres morts sur pied</t>
+      <t xml:space="preserve">Biomasse der stehenden toten Bäume</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #69</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
+    <t>Trockengewicht (Masse) der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD). Ermittelt wird diese Masse mithilfe von art- und zersetzungsgradabhängigen Holzdichten aus den Baumteilen Wurzeln und Schaftholz sowie je nach Zersetzungsgrad auch dem Astderbholz.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">Nadelholz, Laubholz</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Art der Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD) in zwei Klassen (Nadelholz, Laubholz). Grundlage: Feldaufnahme (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="25.708" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>8.3</v>
       </c>
       <c r="M17" s="6">
         <v>11</v>
       </c>
       <c r="N17" s="6">
         <v>6.8</v>
       </c>
       <c r="O17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410963/592794</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse des arbres morts sur pied</t>
+            <t xml:space="preserve">Biomasse der stehenden toten Bäume</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #69</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">Nadelholz, Laubholz</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>