--- v0 (2026-01-07)
+++ v1 (2026-01-10)
@@ -17,344 +17,344 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>biomasse des arbres morts à terre</t>
-[...2 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>necromassa a terra</t>
+  </si>
+  <si>
+    <t>conifere e latifoglie</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: Mio kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>Mio kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>conifere</t>
+  </si>
+  <si>
+    <t>latifoglie</t>
+  </si>
+  <si>
+    <t>non determinabile</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410991/592822</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse des arbres morts à terre</t>
+      <t xml:space="preserve">necromassa a terra</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) des arbres et arbustes morts à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
+    <t>Peso secco (massa) degli alberi e e arbusti morti a terra a partire da 12 cm di diametro a petto d'uomo (DPU). Essa viene determinata a partire dalle radici, dal legno del fusto e, a dipendenza del grado di decomposizione anche dal legno dei rami, sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifere e latifoglie</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Specie degli alberi e arbusti a partire da 12 cm di diametro a petto d'uomo (DPU) raggruppate in due classi (conifere, latifoglie). Fonte: rilievo sul terreno (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>1237</v>
       </c>
       <c r="M17" s="6">
         <v>12</v>
       </c>
       <c r="N17" s="6">
         <v>8326</v>
       </c>
       <c r="O17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410991/592822</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse des arbres morts à terre</t>
+            <t xml:space="preserve">necromassa a terra</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifere e latifoglie</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>