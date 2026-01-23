--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>résineux et feuillus</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of lying dead trees</t>
+  </si>
+  <si>
+    <t>conifers and broadleaves</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeographical region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Mio kg</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: million kg</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>biogeographical region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>nord des Alpes</t>
-[...14 lines deleted...]
-    <t>Mio kg</t>
+    <t>Northern Alps</t>
+  </si>
+  <si>
+    <t>Western Central-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Central-Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>million kg</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>résineux</t>
-[...5 lines deleted...]
-    <t>indéterminable</t>
+    <t>conifers</t>
+  </si>
+  <si>
+    <t>broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1410994/592825</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse des arbres morts à terre</t>
+      <t xml:space="preserve">biomass of lying dead trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #70</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) des arbres et arbustes morts à terre d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée pour les racines, le bois de tige et, selon le degré de décomposition, le bois des branches, sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
+    <t>Dry weight (mass) of lying dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm. This mass is determined with the help of species- and decomposition-dependent wood densities from the tree parts: roots, stemwood and, depending on the degree of decomposition, also the merchantable branchwood.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">résineux et feuillus</t>
+      <t xml:space="preserve">conifers and broadleaves</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #96</t>
     </r>
   </si>
   <si>
-    <t>Espèce des arbres et arbustes à partir de 12 cm de diamètre de poitrine (DHP) selon deux classes (résineux et feuillus). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) in two classes (conifers or broadleaves). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeographical region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,64 +706,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="10.426" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1108,235 +1108,235 @@
         <v>1243</v>
       </c>
       <c r="M17" s="6">
         <v>12</v>
       </c>
       <c r="N17" s="6">
         <v>8467</v>
       </c>
       <c r="O17" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1410994/592825</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse des arbres morts à terre</t>
+            <t xml:space="preserve">biomass of lying dead trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #70</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">résineux et feuillus</t>
+            <t xml:space="preserve">conifers and broadleaves</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #96</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeographical region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>