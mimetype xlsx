--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -17,338 +17,338 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>biomasse du bois mort LIS</t>
-[...2 lines deleted...]
-    <t>propriété (2 classes)</t>
+    <t>necromassa LIS</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de production</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...27 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>publique</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411015/592846</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomasse du bois mort LIS</t>
+      <t xml:space="preserve">necromassa LIS</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #72</t>
     </r>
   </si>
   <si>
-    <t>Poids sec (masse) du bois mort LIS, c'est-à-dire du bois mort à terre d’au moins 7 cm de diamètre (bois fort; sans parties de bois fort dans les tas de branches) qui ne peut être attribué à aucun arbre ou arbuste d'au moins 12 cm de diamètre à hauteur de poitrine (DHP). Cette masse est déterminée sur la base de densités de bois dépendantes de l'espèce et du degré de décomposition.</t>
+    <t>Peso secco (massa) del legno morto LIS, ossia di legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di diametro a petto d'uomo (DPU). Questa massa viene determinata sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">propriété (2 classes)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Régime de propriété de la forêt, identifié à l'aide des deux classes «public» et «privé». Source: enquête auprès des services forestiers (MID 365: Propriété)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de production</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411015/592846</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomasse du bois mort LIS</t>
+            <t xml:space="preserve">necromassa LIS</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #72</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">propriété (2 classes)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de production</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>