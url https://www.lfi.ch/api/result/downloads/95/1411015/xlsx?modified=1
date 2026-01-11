--- v1 (2026-01-10)
+++ v2 (2026-01-11)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>proprietà (2 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>biomass of LIS-deadwood</t>
+  </si>
+  <si>
+    <t>ownership (2 categories)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>pubblica</t>
-[...5 lines deleted...]
-    <t>totale</t>
+    <t>public</t>
+  </si>
+  <si>
+    <t>private</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411015/592846</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">necromassa LIS</t>
+      <t xml:space="preserve">biomass of LIS-deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #72</t>
     </r>
   </si>
   <si>
-    <t>Peso secco (massa) del legno morto LIS, ossia di legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di diametro a petto d'uomo (DPU). Questa massa viene determinata sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
+    <t>Dry weight (mass) of the so-called LIS deadwood, i.e. lying deadwood with a diameter ≥7 cm (merchantable wood; excluding merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub with a diameter at breast height (dbh) ≥12 cm. The mass is determined with the help of species- and decomposition-dependent wood densities.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proprietà (2 classi)</t>
+      <t xml:space="preserve">ownership (2 categories)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
+    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>100.0</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L16" s="6">
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411015/592846</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">necromassa LIS</t>
+            <t xml:space="preserve">biomass of LIS-deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #72</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proprietà (2 classi)</t>
+            <t xml:space="preserve">ownership (2 categories)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>