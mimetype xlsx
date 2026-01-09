--- v0 (2025-11-19)
+++ v1 (2026-01-09)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>ownership (2 categories)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>necromassa LIS</t>
+  </si>
+  <si>
+    <t>proprietà (2 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 kg/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 kg/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>public</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>pubblica</t>
+  </si>
+  <si>
+    <t>privata</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411056/592887</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biomass of LIS-deadwood</t>
+      <t xml:space="preserve">necromassa LIS</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #72</t>
     </r>
   </si>
   <si>
-    <t>Dry weight (mass) of the so-called LIS deadwood, i.e. lying deadwood with a diameter ≥7 cm (merchantable wood; excluding merchantable wood pieces in heaps of branches), which cannot be assigned to a tree or shrub with a diameter at breast height (dbh) ≥12 cm. The mass is determined with the help of species- and decomposition-dependent wood densities.</t>
+    <t>Peso secco (massa) del legno morto LIS, ossia di legno morto a terra di almeno 7 cm di diametro (legno commerciabile; senza parti di legno commerciabile nei mucchi di rami) che non può essere attribuito ad alcun albero o arbusto di almeno 12 cm di diametro a petto d'uomo (DPU). Questa massa viene determinata sulla base delle densità del legno dipendenti dalla specie e dal grado di decomposizione.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ownership (2 categories)</t>
+      <t xml:space="preserve">proprietà (2 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #94</t>
     </r>
   </si>
   <si>
-    <t>Forest ownership, classified according to the two categories: 'public' and 'private'. Reference: Forest Service Survey (MID 365: Eigentum)</t>
+    <t>Condizioni di proprietà del bosco, caratterizzate attraverso le due classi «pubblico» e «privato». Fonte: inchiesta presso il servizio forestale (MID 365: Eigentum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="31.707" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="15.139" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>2.9</v>
       </c>
       <c r="K16" s="6">
         <v>12</v>
       </c>
       <c r="L16" s="6">
         <v>5.0</v>
       </c>
       <c r="M16" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411056/592887</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biomass of LIS-deadwood</t>
+            <t xml:space="preserve">necromassa LIS</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #72</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">ownership (2 categories)</t>
+            <t xml:space="preserve">proprietà (2 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #94</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>