--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>tree state (standing/lying)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>surface terrière du bois mort</t>
+  </si>
+  <si>
+    <t>état de l'arbre (sur pied/à terre)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>standing</t>
-[...2 lines deleted...]
-    <t>lying</t>
+    <t>sur pied</t>
+  </si>
+  <si>
+    <t>à terre</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411111/592944</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">basal area of deadwood</t>
+      <t xml:space="preserve">surface terrière du bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
+    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) des arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de DHP.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tree state (standing/lying)</t>
+      <t xml:space="preserve">état de l'arbre (sur pied/à terre)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1266</t>
     </r>
   </si>
   <si>
-    <t>Classification of trees and shrubs ≥12 cm in diameter at breast height (dbh) into standing or lying. Reference: Field Survey (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
+    <t>Classification des arbres et arbustes à partir de 12 cm de diamètre à hauteur de poitrine (DHP) selon qu'ils sont sur pied ou à terre. Source: relevé de terrain (MID 58: Bemerkungen, MID 1018: Baumzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>3.8</v>
       </c>
       <c r="K16" s="6">
         <v>8</v>
       </c>
       <c r="L16" s="6">
         <v>3.3</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411111/592944</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">basal area of deadwood</t>
+            <t xml:space="preserve">surface terrière du bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tree state (standing/lying)</t>
+            <t xml:space="preserve">état de l'arbre (sur pied/à terre)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1266</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>