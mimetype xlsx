--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>time of last treatment (in 10-year classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>=10 years ago</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>vor =10 Jahren</t>
+  </si>
+  <si>
+    <t>vor 11-20 Jahren</t>
+  </si>
+  <si>
+    <t>vor 21-30 Jahren</t>
+  </si>
+  <si>
+    <t>vor 31-40 Jahren</t>
+  </si>
+  <si>
+    <t>vor 41-50 Jahren</t>
+  </si>
+  <si>
+    <t>vor 51-100 Jahren</t>
+  </si>
+  <si>
+    <t>letzter Eingriff vor &gt;100 Jahren oder nie genutzt</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411408/593239</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
+      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1256</t>
     </r>
   </si>
   <si>
-    <t>Number of years since the last silvicultural treatment – in classes of ten years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu zehn Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,66 +382,63 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="8">
+  <cellXfs count="7">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
-      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
-[...1 lines deleted...]
-    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -718,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -862,611 +859,611 @@
         <v>16</v>
       </c>
       <c r="H12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="I12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="J12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="4" t="s">
         <v>16</v>
       </c>
       <c r="L12" s="4" t="s">
         <v>15</v>
       </c>
       <c r="M12" s="4" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13" spans="1:13">
       <c r="A13" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="B13" s="7">
+      <c r="B13" s="6">
         <v>0.0</v>
       </c>
-      <c r="C13" s="7" t="s">
+      <c r="C13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="D13" s="7">
+      <c r="D13" s="6">
         <v>0.0</v>
       </c>
-      <c r="E13" s="7" t="s">
+      <c r="E13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="7">
+      <c r="F13" s="6">
         <v>0.0</v>
       </c>
-      <c r="G13" s="7" t="s">
+      <c r="G13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="H13" s="7">
+      <c r="H13" s="6">
         <v>0.0</v>
       </c>
-      <c r="I13" s="7" t="s">
+      <c r="I13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="J13" s="7">
+      <c r="J13" s="6">
         <v>0.0</v>
       </c>
-      <c r="K13" s="7" t="s">
+      <c r="K13" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="L13" s="7">
+      <c r="L13" s="6">
         <v>0.0</v>
       </c>
-      <c r="M13" s="7" t="s">
+      <c r="M13" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="14" spans="1:13">
-      <c r="A14" s="6" t="s">
+      <c r="A14" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="B14" s="7">
+      <c r="B14" s="6">
         <v>113.3</v>
       </c>
-      <c r="C14" s="7">
+      <c r="C14" s="6">
         <v>4</v>
       </c>
-      <c r="D14" s="7">
+      <c r="D14" s="6">
         <v>158.6</v>
       </c>
-      <c r="E14" s="7">
+      <c r="E14" s="6">
         <v>3</v>
       </c>
-      <c r="F14" s="7">
+      <c r="F14" s="6">
         <v>92.7</v>
       </c>
-      <c r="G14" s="7">
+      <c r="G14" s="6">
         <v>5</v>
       </c>
-      <c r="H14" s="7">
+      <c r="H14" s="6">
         <v>100.1</v>
       </c>
-      <c r="I14" s="7">
+      <c r="I14" s="6">
         <v>5</v>
       </c>
-      <c r="J14" s="7">
+      <c r="J14" s="6">
         <v>16.0</v>
       </c>
-      <c r="K14" s="7">
+      <c r="K14" s="6">
         <v>14</v>
       </c>
-      <c r="L14" s="7">
+      <c r="L14" s="6">
         <v>480.7</v>
       </c>
-      <c r="M14" s="7">
+      <c r="M14" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:13">
       <c r="A15" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="B15" s="7">
+      <c r="B15" s="6">
         <v>32.6</v>
       </c>
-      <c r="C15" s="7">
+      <c r="C15" s="6">
         <v>10</v>
       </c>
-      <c r="D15" s="7">
+      <c r="D15" s="6">
         <v>44.3</v>
       </c>
-      <c r="E15" s="7">
+      <c r="E15" s="6">
         <v>8</v>
       </c>
-      <c r="F15" s="7">
+      <c r="F15" s="6">
         <v>47.0</v>
       </c>
-      <c r="G15" s="7">
+      <c r="G15" s="6">
         <v>8</v>
       </c>
-      <c r="H15" s="7">
+      <c r="H15" s="6">
         <v>59.1</v>
       </c>
-      <c r="I15" s="7">
+      <c r="I15" s="6">
         <v>7</v>
       </c>
-      <c r="J15" s="7">
+      <c r="J15" s="6">
         <v>8.2</v>
       </c>
-      <c r="K15" s="7">
+      <c r="K15" s="6">
         <v>21</v>
       </c>
-      <c r="L15" s="7">
+      <c r="L15" s="6">
         <v>191.2</v>
       </c>
-      <c r="M15" s="7">
+      <c r="M15" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:13">
       <c r="A16" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="B16" s="7">
+      <c r="B16" s="6">
         <v>21.9</v>
       </c>
-      <c r="C16" s="7">
+      <c r="C16" s="6">
         <v>12</v>
       </c>
-      <c r="D16" s="7">
+      <c r="D16" s="6">
         <v>8.8</v>
       </c>
-      <c r="E16" s="7">
+      <c r="E16" s="6">
         <v>19</v>
       </c>
-      <c r="F16" s="7">
+      <c r="F16" s="6">
         <v>27.3</v>
       </c>
-      <c r="G16" s="7">
+      <c r="G16" s="6">
         <v>11</v>
       </c>
-      <c r="H16" s="7">
+      <c r="H16" s="6">
         <v>46.7</v>
       </c>
-      <c r="I16" s="7">
+      <c r="I16" s="6">
         <v>8</v>
       </c>
-      <c r="J16" s="7">
+      <c r="J16" s="6">
         <v>9.4</v>
       </c>
-      <c r="K16" s="7">
+      <c r="K16" s="6">
         <v>19</v>
       </c>
-      <c r="L16" s="7">
+      <c r="L16" s="6">
         <v>114.1</v>
       </c>
-      <c r="M16" s="7">
+      <c r="M16" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:13">
       <c r="A17" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="B17" s="7">
+      <c r="B17" s="6">
         <v>8.2</v>
       </c>
-      <c r="C17" s="7">
+      <c r="C17" s="6">
         <v>20</v>
       </c>
-      <c r="D17" s="7">
+      <c r="D17" s="6">
         <v>6.8</v>
       </c>
-      <c r="E17" s="7">
+      <c r="E17" s="6">
         <v>22</v>
       </c>
-      <c r="F17" s="7">
+      <c r="F17" s="6">
         <v>12.2</v>
       </c>
-      <c r="G17" s="7">
+      <c r="G17" s="6">
         <v>17</v>
       </c>
-      <c r="H17" s="7">
+      <c r="H17" s="6">
         <v>38.9</v>
       </c>
-      <c r="I17" s="7">
+      <c r="I17" s="6">
         <v>9</v>
       </c>
-      <c r="J17" s="7">
+      <c r="J17" s="6">
         <v>12.9</v>
       </c>
-      <c r="K17" s="7">
+      <c r="K17" s="6">
         <v>16</v>
       </c>
-      <c r="L17" s="7">
+      <c r="L17" s="6">
         <v>79.0</v>
       </c>
-      <c r="M17" s="7">
+      <c r="M17" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="18" spans="1:13">
       <c r="A18" s="5" t="s">
         <v>23</v>
       </c>
-      <c r="B18" s="7">
+      <c r="B18" s="6">
         <v>6.1</v>
       </c>
-      <c r="C18" s="7">
+      <c r="C18" s="6">
         <v>24</v>
       </c>
-      <c r="D18" s="7">
+      <c r="D18" s="6">
         <v>1.4</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E18" s="6">
         <v>50</v>
       </c>
-      <c r="F18" s="7">
+      <c r="F18" s="6">
         <v>8.8</v>
       </c>
-      <c r="G18" s="7">
+      <c r="G18" s="6">
         <v>20</v>
       </c>
-      <c r="H18" s="7">
+      <c r="H18" s="6">
         <v>26.5</v>
       </c>
-      <c r="I18" s="7">
+      <c r="I18" s="6">
         <v>11</v>
       </c>
-      <c r="J18" s="7">
+      <c r="J18" s="6">
         <v>11.3</v>
       </c>
-      <c r="K18" s="7">
+      <c r="K18" s="6">
         <v>17</v>
       </c>
-      <c r="L18" s="7">
+      <c r="L18" s="6">
         <v>54.2</v>
       </c>
-      <c r="M18" s="7">
+      <c r="M18" s="6">
         <v>8</v>
       </c>
     </row>
     <row r="19" spans="1:13">
       <c r="A19" s="5" t="s">
         <v>24</v>
       </c>
-      <c r="B19" s="7">
+      <c r="B19" s="6">
         <v>11.2</v>
       </c>
-      <c r="C19" s="7">
+      <c r="C19" s="6">
         <v>17</v>
       </c>
-      <c r="D19" s="7">
+      <c r="D19" s="6">
         <v>5.0</v>
       </c>
-      <c r="E19" s="7">
+      <c r="E19" s="6">
         <v>26</v>
       </c>
-      <c r="F19" s="7">
+      <c r="F19" s="6">
         <v>19.4</v>
       </c>
-      <c r="G19" s="7">
+      <c r="G19" s="6">
         <v>13</v>
       </c>
-      <c r="H19" s="7">
+      <c r="H19" s="6">
         <v>68.6</v>
       </c>
-      <c r="I19" s="7">
+      <c r="I19" s="6">
         <v>7</v>
       </c>
-      <c r="J19" s="7">
+      <c r="J19" s="6">
         <v>60.1</v>
       </c>
-      <c r="K19" s="7">
+      <c r="K19" s="6">
         <v>6</v>
       </c>
-      <c r="L19" s="7">
+      <c r="L19" s="6">
         <v>164.4</v>
       </c>
-      <c r="M19" s="7">
+      <c r="M19" s="6">
         <v>4</v>
       </c>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="B20" s="7">
+      <c r="B20" s="6">
         <v>1.8</v>
       </c>
-      <c r="C20" s="7">
+      <c r="C20" s="6">
         <v>45</v>
       </c>
-      <c r="D20" s="7">
+      <c r="D20" s="6">
         <v>0.7</v>
       </c>
-      <c r="E20" s="7">
+      <c r="E20" s="6">
         <v>71</v>
       </c>
-      <c r="F20" s="7">
+      <c r="F20" s="6">
         <v>9.6</v>
       </c>
-      <c r="G20" s="7">
+      <c r="G20" s="6">
         <v>19</v>
       </c>
-      <c r="H20" s="7">
+      <c r="H20" s="6">
         <v>46.3</v>
       </c>
-      <c r="I20" s="7">
+      <c r="I20" s="6">
         <v>8</v>
       </c>
-      <c r="J20" s="7">
+      <c r="J20" s="6">
         <v>34.4</v>
       </c>
-      <c r="K20" s="7">
+      <c r="K20" s="6">
         <v>9</v>
       </c>
-      <c r="L20" s="7">
+      <c r="L20" s="6">
         <v>92.8</v>
       </c>
-      <c r="M20" s="7">
+      <c r="M20" s="6">
         <v>6</v>
       </c>
     </row>
     <row r="21" spans="1:13">
       <c r="A21" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B21" s="7">
+      <c r="B21" s="6">
         <v>195.1</v>
       </c>
-      <c r="C21" s="7">
+      <c r="C21" s="6">
         <v>1</v>
       </c>
-      <c r="D21" s="7">
+      <c r="D21" s="6">
         <v>225.6</v>
       </c>
-      <c r="E21" s="7">
+      <c r="E21" s="6">
         <v>1</v>
       </c>
-      <c r="F21" s="7">
+      <c r="F21" s="6">
         <v>217.1</v>
       </c>
-      <c r="G21" s="7">
+      <c r="G21" s="6">
         <v>2</v>
       </c>
-      <c r="H21" s="7">
+      <c r="H21" s="6">
         <v>386.1</v>
       </c>
-      <c r="I21" s="7">
+      <c r="I21" s="6">
         <v>1</v>
       </c>
-      <c r="J21" s="7">
+      <c r="J21" s="6">
         <v>152.5</v>
       </c>
-      <c r="K21" s="7">
+      <c r="K21" s="6">
         <v>2</v>
       </c>
-      <c r="L21" s="7">
+      <c r="L21" s="6">
         <v>1176.4</v>
       </c>
-      <c r="M21" s="7">
+      <c r="M21" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411408/593239</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">time of last treatment (in 10-year classes)</t>
+            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (10-Jahres-Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1256</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>