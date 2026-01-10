--- v0 (2026-01-09)
+++ v1 (2026-01-10)
@@ -14,397 +14,397 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>legno morto: consistenza del legno (3 classi) · legno morto: colonizzazione con arbusti (5 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes) · deadwood: colonization by shrubs (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione dei boschi di protezione</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, totale colonna</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...29 lines deleted...]
-    <t>legno morto: colonizzazione con arbusti (5 classi)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>deadwood: mechanical strength of wood (3 classes)</t>
+  </si>
+  <si>
+    <t>deadwood: colonization by shrubs (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>0-1</t>
   </si>
   <si>
     <t>2-10</t>
   </si>
   <si>
     <t>11-20</t>
   </si>
   <si>
     <t>21-50</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>totale</t>
-[...8 lines deleted...]
-    <t>legno in decomposizione o putrefatto e inconsistente</t>
+    <t>total</t>
+  </si>
+  <si>
+    <t>fresh/firm wood</t>
+  </si>
+  <si>
+    <t>rotten wood</t>
+  </si>
+  <si>
+    <t>mouldering/mull wood</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411535/593366</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
+    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">legno morto: colonizzazione con arbusti (5 classi)</t>
+      <t xml:space="preserve">deadwood: colonization by shrubs (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1299</t>
     </r>
   </si>
   <si>
-    <t>Numero di arbusti con una lunghezza di almeno 10 cm, radicati su un albero o arbusto morto a terra con un diametro a petto d'uomo (DPU) di almeno 12 cm, in 5 classi. Fonte: rilievo sul terreno (MID 425: Strauchpflanzen auf Totholz)</t>
+    <t>Number of shrubs ≥10 cm in length growing on a lying dead tree or shrub ≥12 cm in diameter at breast height (dbh) – in five classes. Reference: Field Survey (MID 425: Strauchpflanzen auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione dei boschi di protezione</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera utilizzata nell'IFN per l'analisi dei boschi di protezione. Le sei regioni dei boschi di protezione sono state formate a partire dalle regioni economiche raggruppando alcune regioni in base ad aspetti naturalistici e statistici.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -756,52 +756,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2619,270 +2619,270 @@
         <v>100.0</v>
       </c>
       <c r="N47" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O47" s="6">
         <v>100.0</v>
       </c>
       <c r="P47" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411535/593366</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
       <c r="O48" s="3"/>
       <c r="P48" s="3"/>
     </row>
     <row r="51" spans="1:16">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:16" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="54" spans="1:16">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
+            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:16" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="57" spans="1:16">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">legno morto: colonizzazione con arbusti (5 classi)</t>
+            <t xml:space="preserve">deadwood: colonization by shrubs (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1299</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:16" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="60" spans="1:16">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione dei boschi di protezione</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:16" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="63" spans="1:16">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:16" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:16">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:16" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>