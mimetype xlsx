--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>deadwood: mechanical strength of wood (3 classes) · deadwood: colonization by shrubs (5 classes)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti morti</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi) · legno morto: colonizzazione con arbusti (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...26 lines deleted...]
-    <t>deadwood: colonization by shrubs (5 classes)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>legno morto: consistenza del legno (3 classi)</t>
+  </si>
+  <si>
+    <t>legno morto: colonizzazione con arbusti (5 classi)</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>0-1</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>2-10</t>
   </si>
   <si>
     <t>11-20</t>
   </si>
   <si>
     <t>21-50</t>
   </si>
   <si>
     <t>&gt;50</t>
   </si>
   <si>
-    <t>total</t>
-[...8 lines deleted...]
-    <t>mouldering/mull wood</t>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>legno fresco o duro</t>
+  </si>
+  <si>
+    <t>legno marcio</t>
+  </si>
+  <si>
+    <t>legno in decomposizione o putrefatto e inconsistente</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411552/593383</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems</t>
+      <t xml:space="preserve">numero di fusti morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
+      <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1301</t>
     </r>
   </si>
   <si>
-    <t>Stage of wood decay in dead trees and shrubs (standing and lying) ≥12 cm in diameter at breast height (dbh) – in three classes. Reference: Field Survey (MID 419: Totholz - Festigkeit)</t>
+    <t>Stadio di decomposizione del legno degli alberi e arbusti morti (in piedi e a terra) a partire da 12 cm di diametro a petto d'uomo (DPU), in tre classi. Fonte: rilievo sul terreno (MID 419: Totholz - Festigkeit)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood: colonization by shrubs (5 classes)</t>
+      <t xml:space="preserve">legno morto: colonizzazione con arbusti (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1299</t>
     </r>
   </si>
   <si>
-    <t>Number of shrubs ≥10 cm in length growing on a lying dead tree or shrub ≥12 cm in diameter at breast height (dbh) – in five classes. Reference: Field Survey (MID 425: Strauchpflanzen auf Totholz)</t>
+    <t>Numero di arbusti con una lunghezza di almeno 10 cm, radicati su un albero o arbusto morto a terra con un diametro a petto d'uomo (DPU) di almeno 12 cm, in 5 classi. Fonte: rilievo sul terreno (MID 425: Strauchpflanzen auf Totholz)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="61.128" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="62.413" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="62.413" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2392,268 +2392,268 @@
         <v>11627</v>
       </c>
       <c r="L47" s="6">
         <v>8</v>
       </c>
       <c r="M47" s="6">
         <v>67148</v>
       </c>
       <c r="N47" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="21.75">
       <c r="A48" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411552/593383</t>
           </r>
         </is>
       </c>
       <c r="C48" s="3"/>
       <c r="D48" s="3"/>
       <c r="E48" s="3"/>
       <c r="F48" s="3"/>
       <c r="G48" s="3"/>
       <c r="H48" s="3"/>
       <c r="I48" s="3"/>
       <c r="J48" s="3"/>
       <c r="K48" s="3"/>
       <c r="L48" s="3"/>
       <c r="M48" s="3"/>
       <c r="N48" s="3"/>
     </row>
     <row r="51" spans="1:14">
       <c r="A51" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems</t>
+            <t xml:space="preserve">numero di fusti morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="52" spans="1:14" customHeight="1" ht="29">
       <c r="A52" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="54" spans="1:14">
       <c r="A54" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood: mechanical strength of wood (3 classes)</t>
+            <t xml:space="preserve">legno morto: consistenza del legno (3 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1301</t>
           </r>
         </is>
       </c>
     </row>
     <row r="55" spans="1:14" customHeight="1" ht="29">
       <c r="A55" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="57" spans="1:14">
       <c r="A57" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood: colonization by shrubs (5 classes)</t>
+            <t xml:space="preserve">legno morto: colonizzazione con arbusti (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1299</t>
           </r>
         </is>
       </c>
     </row>
     <row r="58" spans="1:14" customHeight="1" ht="29">
       <c r="A58" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="60" spans="1:14">
       <c r="A60" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="61" spans="1:14" customHeight="1" ht="29">
       <c r="A61" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="63" spans="1:14">
       <c r="A63" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="64" spans="1:14" customHeight="1" ht="29">
       <c r="A64" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="66" spans="1:14">
       <c r="A66" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="67" spans="1:14" customHeight="1" ht="29">
       <c r="A67" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>