--- v0 (2026-01-10)
+++ v1 (2026-01-10)
@@ -14,374 +14,374 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>quantità di legno morto</t>
+  </si>
+  <si>
+    <t>tipo di bosco (12 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeografische Region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>Schweiz</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>bosco non accessibile</t>
+  </si>
+  <si>
+    <t>arbusteto</t>
+  </si>
+  <si>
+    <t>superficie forestale perennemente non boscata</t>
+  </si>
+  <si>
+    <t>striscia aperta nel soprassuolo e scarpata</t>
+  </si>
+  <si>
+    <t>soprassuolo perennemente aperto</t>
+  </si>
+  <si>
+    <t>selva, arboricoltura</t>
+  </si>
+  <si>
+    <t>ceduo</t>
+  </si>
+  <si>
+    <t>ceduo composto</t>
+  </si>
+  <si>
+    <t>fustaia a struttura disetanea</t>
+  </si>
+  <si>
+    <t>fustaia irregolare</t>
+  </si>
+  <si>
+    <t>rilevamento incompleto</t>
+  </si>
+  <si>
+    <t>fustaia regolare</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411682/593513</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzmenge</t>
+      <t xml:space="preserve">quantità di legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), reduziert um das Volumen der abgebrochenen Schaftstücke, sowie das Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">tipo di bosco (12 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeografische Region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Wald, der in den fünf Inventuren LFI1 (1983-1985), LFI2 (1993-1995), LFI3 (2004-2006), LFI4 (2009-2017) und LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -733,51 +733,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1558,235 +1558,235 @@
         <v>5386</v>
       </c>
       <c r="M26" s="6">
         <v>9</v>
       </c>
       <c r="N26" s="6">
         <v>46256</v>
       </c>
       <c r="O26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411682/593513</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
       <c r="N27" s="3"/>
       <c r="O27" s="3"/>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzmenge</t>
+            <t xml:space="preserve">quantità di legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">tipo di bosco (12 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeografische Region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="39" spans="1:15">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI1-LFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:15" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="42" spans="1:15">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:15" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>43</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>