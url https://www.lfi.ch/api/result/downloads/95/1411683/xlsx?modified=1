--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood quantity</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411683/593514</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quantità di legno morto</t>
+      <t xml:space="preserve">deadwood quantity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -730,51 +730,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1457,233 +1457,233 @@
         <v>5089</v>
       </c>
       <c r="K26" s="6">
         <v>9</v>
       </c>
       <c r="L26" s="6">
         <v>46256</v>
       </c>
       <c r="M26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411683/593514</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
       <c r="L27" s="3"/>
       <c r="M27" s="3"/>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quantità di legno morto</t>
+            <t xml:space="preserve">deadwood quantity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="39" spans="1:13">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:13" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="42" spans="1:13">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:13" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>