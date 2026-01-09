--- v0 (2026-01-09)
+++ v1 (2026-01-09)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>tipo di bosco (12 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzmenge</t>
+  </si>
+  <si>
+    <t>Waldtyp (12 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione economica</t>
+      <t xml:space="preserve">: Wirtschaftsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...47 lines deleted...]
-    <t>Svizzera</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Wirtschaftsregion</t>
+  </si>
+  <si>
+    <t>Jura West</t>
+  </si>
+  <si>
+    <t>Jura Ost</t>
+  </si>
+  <si>
+    <t>Mittelland West</t>
+  </si>
+  <si>
+    <t>Mittelland Mitte</t>
+  </si>
+  <si>
+    <t>Mittelland Ost</t>
+  </si>
+  <si>
+    <t>Voralpen West</t>
+  </si>
+  <si>
+    <t>Voralpen Mitte</t>
+  </si>
+  <si>
+    <t>Voralpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Nordwest</t>
+  </si>
+  <si>
+    <t>Alpen Mitte</t>
+  </si>
+  <si>
+    <t>Alpen Nordost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>bosco non accessibile</t>
-[...35 lines deleted...]
-    <t>totale</t>
+    <t>unzugänglicher Wald</t>
+  </si>
+  <si>
+    <t>Gebüschwald</t>
+  </si>
+  <si>
+    <t>dauernd nicht bestockte Waldfläche</t>
+  </si>
+  <si>
+    <t>Schneise, Böschung</t>
+  </si>
+  <si>
+    <t>dauernd aufgelöste Bestockung</t>
+  </si>
+  <si>
+    <t>Selve, Plantage</t>
+  </si>
+  <si>
+    <t>Niederwald</t>
+  </si>
+  <si>
+    <t>Mittelwald</t>
+  </si>
+  <si>
+    <t>plenterartiger Hochwald</t>
+  </si>
+  <si>
+    <t>ungleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>unvollständige Aufnahme</t>
+  </si>
+  <si>
+    <t>gleichförmiger Hochwald</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411706/593537</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quantità di legno morto</t>
+      <t xml:space="preserve">Totholzmenge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
+    <t>Schaftholzvolumen der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), reduziert um das Volumen der abgebrochenen Schaftstücke, sowie das Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">tipo di bosco (12 classi)</t>
+      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione dei boschi in 12 classi («tipi») in base alla loro origine, struttura e gestione. A differenza del tipo di bosco in 17 classi, nel tipo di bosco in 12 classi gli stadi di sviluppo (da novelleto a fustaia) vengono raggruppati nella classe «fustaia regolare». Fonte: rilievo sul terreno (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione economica</t>
+      <t xml:space="preserve">Wirtschaftsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
+    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="54.13" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2366,51 +2366,51 @@
         <v>35.3</v>
       </c>
       <c r="AC26" s="6">
         <v>8</v>
       </c>
       <c r="AD26" s="6">
         <v>41.2</v>
       </c>
       <c r="AE26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411706/593537</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quantità di legno morto</t>
+            <t xml:space="preserve">Totholzmenge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">tipo di bosco (12 classi)</t>
+            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione economica</t>
+            <t xml:space="preserve">Wirtschaftsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>