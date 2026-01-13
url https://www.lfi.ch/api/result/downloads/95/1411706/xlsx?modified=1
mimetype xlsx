--- v1 (2026-01-09)
+++ v2 (2026-01-13)
@@ -14,398 +14,398 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="52">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldtyp (12 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood quantity</t>
+  </si>
+  <si>
+    <t>forest type (12 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...47 lines deleted...]
-    <t>Schweiz</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>unzugänglicher Wald</t>
-[...35 lines deleted...]
-    <t>Total</t>
+    <t>inaccessible forest</t>
+  </si>
+  <si>
+    <t>shrub forest</t>
+  </si>
+  <si>
+    <t>permanently unstocked forest area</t>
+  </si>
+  <si>
+    <t>forest aisle, embankment</t>
+  </si>
+  <si>
+    <t>permanently open stand</t>
+  </si>
+  <si>
+    <t>(nut) orchard, plantation</t>
+  </si>
+  <si>
+    <t>coppice forest</t>
+  </si>
+  <si>
+    <t>coppice with standards</t>
+  </si>
+  <si>
+    <t>selection type high forest</t>
+  </si>
+  <si>
+    <t>non-uniform high forest</t>
+  </si>
+  <si>
+    <t>incomplete survey</t>
+  </si>
+  <si>
+    <t>uniform high forest</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411706/593537</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzmenge</t>
+      <t xml:space="preserve">deadwood quantity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Schaftholzvolumen der stehenden toten Bäume und Sträucher ab 12 cm Brusthöhendurchmesser (BHD), reduziert um das Volumen der abgebrochenen Schaftstücke, sowie das Volumen des liegenden Totholzes ab 7 cm Durchmesser (Derbholz) ohne Derbholzstücke in Asthaufen.</t>
+    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+      <t xml:space="preserve">forest type (12 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #898</t>
     </r>
   </si>
   <si>
-    <t>Einteilung der Wälder aufgrund ihrer Entstehung, Struktur und Bewirtschaftung in 12 Klassen («Typen»). Im Gegensatz zum Waldtyp in 17 Klassen werden beim Waldtyp in 12 Klassen alle Entwicklungsstufen (Jungwuchs bis Baumholz) in der Klasse «gleichförmiger Hochwald» zusammengefasst. Grundlage: Feldaufnahme (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
+    <t>Classification of forests into 12 classes («types») according to their development, structure and management. Unlike in the 17-class forest-type classification, in this 12-class classification all development stages (from young growth to timber) are subsumed in the class «uniform high forest». Reference: Field Survey (MID 255: Nutzungskategorie, MID 257: Waldtyp nach Aufnahmeanleitung LFI, MID 260: Waldform, MID 267: Bestandesstruktur, MID 261: Entwicklungsstufe)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -757,51 +757,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE43"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2366,51 +2366,51 @@
         <v>35.3</v>
       </c>
       <c r="AC26" s="6">
         <v>8</v>
       </c>
       <c r="AD26" s="6">
         <v>41.2</v>
       </c>
       <c r="AE26" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="21.75">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411706/593537</t>
           </r>
         </is>
       </c>
       <c r="B27" s="3"/>
       <c r="C27" s="3"/>
       <c r="D27" s="3"/>
       <c r="E27" s="3"/>
       <c r="F27" s="3"/>
       <c r="G27" s="3"/>
       <c r="H27" s="3"/>
       <c r="I27" s="3"/>
       <c r="J27" s="3"/>
       <c r="K27" s="3"/>
@@ -2426,191 +2426,191 @@
       <c r="U27" s="3"/>
       <c r="V27" s="3"/>
       <c r="W27" s="3"/>
       <c r="X27" s="3"/>
       <c r="Y27" s="3"/>
       <c r="Z27" s="3"/>
       <c r="AA27" s="3"/>
       <c r="AB27" s="3"/>
       <c r="AC27" s="3"/>
       <c r="AD27" s="3"/>
       <c r="AE27" s="3"/>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzmenge</t>
+            <t xml:space="preserve">deadwood quantity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldtyp (12 Klassen)</t>
+            <t xml:space="preserve">forest type (12 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #898</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="36" spans="1:31">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:31" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="39" spans="1:31">
       <c r="A39" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="40" spans="1:31" customHeight="1" ht="29">
       <c r="A40" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="42" spans="1:31">
       <c r="A42" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="43" spans="1:31" customHeight="1" ht="29">
       <c r="A43" s="1" t="s">
         <v>51</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>