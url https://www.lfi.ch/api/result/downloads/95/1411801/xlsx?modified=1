--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structure of forest edge</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldrandaufbau</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: Kanton</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Kanton</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,258 +172,258 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>without shelterbelt, without shrub belt</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>ohne Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ohne Waldmantel, mit Strauchgürtel</t>
+  </si>
+  <si>
+    <t>steiler Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ausladender Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel im Trauf des Waldmantels</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor normalem Waldmantel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor stufigem, lockerem Waldmantel</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411801/593632</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structure of forest edge</t>
+      <t xml:space="preserve">Waldrandaufbau</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
+    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">Kanton</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Regionale Gliederung mit den Kantonen als Einheit. Dabei werden die beiden Halbkantone Basel-Landschaft und Basel-Stadt aus statistischen Gründen zu einem Kanton zusammengefasst.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -775,51 +775,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="4.57" bestFit="true" customWidth="true" style="0"/>
@@ -2657,51 +2657,51 @@
         <v>100.0</v>
       </c>
       <c r="AY21" s="6" t="s">
         <v>38</v>
       </c>
       <c r="AZ21" s="6">
         <v>100.0</v>
       </c>
       <c r="BA21" s="6" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411801/593632</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
@@ -2739,191 +2739,191 @@
       <c r="AQ22" s="3"/>
       <c r="AR22" s="3"/>
       <c r="AS22" s="3"/>
       <c r="AT22" s="3"/>
       <c r="AU22" s="3"/>
       <c r="AV22" s="3"/>
       <c r="AW22" s="3"/>
       <c r="AX22" s="3"/>
       <c r="AY22" s="3"/>
       <c r="AZ22" s="3"/>
       <c r="BA22" s="3"/>
     </row>
     <row r="25" spans="1:53">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:53" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="28" spans="1:53">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structure of forest edge</t>
+            <t xml:space="preserve">Waldrandaufbau</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:53" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="31" spans="1:53">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">Kanton</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:53" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="34" spans="1:53">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:53" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="37" spans="1:53">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:53" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>57</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>