--- v0 (2025-11-17)
+++ v1 (2026-01-23)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Waldrandaufbau</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest edge</t>
+  </si>
+  <si>
+    <t>structure of forest edge</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>ohne Waldmantel, ohne Strauchgürtel</t>
-[...20 lines deleted...]
-    <t>Total</t>
+    <t>without shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>without shelterbelt, with shrub belt</t>
+  </si>
+  <si>
+    <t>steep shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>protruding shelterbelt, without shrub belt</t>
+  </si>
+  <si>
+    <t>shrub belt under shelterbelt</t>
+  </si>
+  <si>
+    <t xml:space="preserve">shrub belt in front of shelterbelt </t>
+  </si>
+  <si>
+    <t>shrub belt and a stepped, loose shelterbelt</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411808/593639</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandanteil</t>
+      <t xml:space="preserve">proportion of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
+    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrandaufbau</t>
+      <t xml:space="preserve">structure of forest edge</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
+    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
+    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1237,233 +1237,233 @@
         <v>100.0</v>
       </c>
       <c r="K21" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L21" s="6">
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="22" spans="1:13" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411808/593639</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
     </row>
     <row r="25" spans="1:13">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandanteil</t>
+            <t xml:space="preserve">proportion of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:13" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrandaufbau</t>
+            <t xml:space="preserve">structure of forest edge</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
+            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>