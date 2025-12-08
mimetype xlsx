--- v0 (2025-12-08)
+++ v1 (2025-12-08)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>structure of forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de lisière</t>
+  </si>
+  <si>
+    <t>structure de la lisière</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région biogéographique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: lisière jusqu'à l'étage montagnard</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région biogéographique</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Northern Alps</t>
-[...11 lines deleted...]
-    <t>Switzerland</t>
+    <t>nord des Alpes</t>
+  </si>
+  <si>
+    <t>ouest des Alpes centrales</t>
+  </si>
+  <si>
+    <t>est des Alpes centrales</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>without shelterbelt, without shrub belt</t>
-[...17 lines deleted...]
-    <t>shrub belt and a stepped, loose shelterbelt</t>
+    <t>sans manteau forestier ni cordon de buissons</t>
+  </si>
+  <si>
+    <t>sans manteau forestier, avec cordon de buissons</t>
+  </si>
+  <si>
+    <t>manteau forestier abrupt, sans cordon de buissons</t>
+  </si>
+  <si>
+    <t>manteau forestier saillant, sans cordon de buissons</t>
+  </si>
+  <si>
+    <t>cordon de buissons en dessous du manteau forestier</t>
+  </si>
+  <si>
+    <t>cordon de buissons devant le manteau forestier</t>
+  </si>
+  <si>
+    <t>cordon de buisson devant manteau forestier lâche et étagé</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411816/593647</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proportion de lisière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proportion de lisière présentant une certaine caractéristique (p. ex. diversité structurelle, diversité des espèces ligneuses, structure de la lisière) par rapport à la lisière totale. La lisière est ici définie comme le domaine de transition ou la limite entre la forêt et d’autres éléments du paysage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structure of forest edge</t>
+      <t xml:space="preserve">structure de la lisière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Formation of the transition from forest to open land - in seven classes. Reference: Field Survey (MID 37: Waldrandaufbau)</t>
+    <t>Agencement de la transition entre la forêt et les milieux ouverts selon sept classes. Source: relevé de terrain (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">région biogéographique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Lisière aux étages de végétation NaiS hyperinsubrique, collinéen, collinéen avec hêtre, submontagnard, montagnard inférieur, montagnard supérieur, montagnard inférieur/supérieur et montagnard supérieur. Source: relevé de terrain (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="51.845" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6">
         <v>100.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411816/593647</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proportion de lisière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structure of forest edge</t>
+            <t xml:space="preserve">structure de la lisière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">région biogéographique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>