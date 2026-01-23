--- v1 (2025-12-08)
+++ v2 (2026-01-23)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>structure de la lisière</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldrandaufbau</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région biogéographique</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: lisière jusqu'à l'étage montagnard</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...9 lines deleted...]
-    <t>région biogéographique</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Suisse</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>sans manteau forestier ni cordon de buissons</t>
-[...20 lines deleted...]
-    <t>total</t>
+    <t>ohne Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ohne Waldmantel, mit Strauchgürtel</t>
+  </si>
+  <si>
+    <t>steiler Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>ausladender Waldmantel, ohne Strauchgürtel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel im Trauf des Waldmantels</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor normalem Waldmantel</t>
+  </si>
+  <si>
+    <t>Strauchgürtel vor stufigem, lockerem Waldmantel</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411816/593647</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion de lisière</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion de lisière présentant une certaine caractéristique (p. ex. diversité structurelle, diversité des espèces ligneuses, structure de la lisière) par rapport à la lisière totale. La lisière est ici définie comme le domaine de transition ou la limite entre la forêt et d’autres éléments du paysage.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">structure de la lisière</t>
+      <t xml:space="preserve">Waldrandaufbau</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #579</t>
     </r>
   </si>
   <si>
-    <t>Agencement de la transition entre la forêt et les milieux ouverts selon sept classes. Source: relevé de terrain (MID 37: Waldrandaufbau)</t>
+    <t>Ausbildung des Übergangs vom Wald zum Freiland in sieben Klassen. Grundlage: Feldaufnahme (MID 37: Waldrandaufbau)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région biogéographique</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en six régions avec une flore et une faune similaires. Les six régions correspondent au découpage de base selon le document «Les régions biogéographiques de la Suisse», publié par l'OFEV en 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Lisière aux étages de végétation NaiS hyperinsubrique, collinéen, collinéen avec hêtre, submontagnard, montagnard inférieur, montagnard supérieur, montagnard inférieur/supérieur et montagnard supérieur. Source: relevé de terrain (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="68.269" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="56.558" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1308,235 +1308,235 @@
         <v>100.0</v>
       </c>
       <c r="M21" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N21" s="6">
         <v>100.0</v>
       </c>
       <c r="O21" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="21.75">
       <c r="A22" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411816/593647</t>
           </r>
         </is>
       </c>
       <c r="B22" s="3"/>
       <c r="C22" s="3"/>
       <c r="D22" s="3"/>
       <c r="E22" s="3"/>
       <c r="F22" s="3"/>
       <c r="G22" s="3"/>
       <c r="H22" s="3"/>
       <c r="I22" s="3"/>
       <c r="J22" s="3"/>
       <c r="K22" s="3"/>
       <c r="L22" s="3"/>
       <c r="M22" s="3"/>
       <c r="N22" s="3"/>
       <c r="O22" s="3"/>
     </row>
     <row r="25" spans="1:15">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion de lisière</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="26" spans="1:15" customHeight="1" ht="29">
       <c r="A26" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">structure de la lisière</t>
+            <t xml:space="preserve">Waldrandaufbau</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #579</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région biogéographique</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">lisière jusqu'à l'étage montagnard</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>