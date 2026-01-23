--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,359 +14,359 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>state of forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de lisière</t>
+  </si>
+  <si>
+    <t>état de la lisière</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unité</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>production region</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
     <t>Plateau</t>
   </si>
   <si>
-    <t>Pre-Alps</t>
-[...8 lines deleted...]
-    <t>Switzerland</t>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>mowed</t>
-[...20 lines deleted...]
-    <t>no impact</t>
+    <t>fauché</t>
+  </si>
+  <si>
+    <t>pâturé</t>
+  </si>
+  <si>
+    <t>rabattu</t>
+  </si>
+  <si>
+    <t>élagué</t>
+  </si>
+  <si>
+    <t>défriché</t>
+  </si>
+  <si>
+    <t>éclairci</t>
+  </si>
+  <si>
+    <t>entretenu</t>
+  </si>
+  <si>
+    <t>pas d'intervention</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411823/593654</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proportion de lisière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proportion de lisière présentant une certaine caractéristique (p. ex. diversité structurelle, diversité des espèces ligneuses, structure de la lisière) par rapport à la lisière totale. La lisière est ici définie comme le domaine de transition ou la limite entre la forêt et d’autres éléments du paysage.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">state of forest edge</t>
+      <t xml:space="preserve">état de la lisière</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #581</t>
     </r>
   </si>
   <si>
-    <t>Type and intensity of direct or indirect human interventions in the forest edge - in eight classes. Reference: Field Survey (MID 44: Waldrandzustand)</t>
+    <t>Nature et intensité des interventions humaines directes ou indirectes en lisière de forêt, en huit classes. Source: relevé de terrain (MID 44: Waldrandzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Lisière de forêt aux étages de végétation NaiS hyperinsubrique, collinéen, collinéen avec hêtre, submontagnard, montagnard inférieur, montagnard supérieur, montagnard inférieur/supérieur et montagnard supérieur, qui a été recensée lors des quatre inventaires IFN2, IFN3, IFN4 et IFN5. Source: relevé de terrain (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,51 +718,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1281,233 +1281,233 @@
         <v>100.0</v>
       </c>
       <c r="K22" s="6" t="s">
         <v>18</v>
       </c>
       <c r="L22" s="6">
         <v>100.0</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="23" spans="1:13" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411823/593654</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proportion de lisière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">state of forest edge</t>
+            <t xml:space="preserve">état de la lisière</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #581</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="35" spans="1:13">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">lisière jusqu'à l'étage montagnard, IFN2-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:13" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="38" spans="1:13">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:13" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>38</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>