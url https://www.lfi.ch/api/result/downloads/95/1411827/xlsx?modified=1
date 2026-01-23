--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,362 +14,362 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>state of forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>stato del margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione biogeografica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione biogeografica</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Versante nord delle Alpi</t>
+  </si>
+  <si>
+    <t>Alpi centrali occidentali</t>
+  </si>
+  <si>
+    <t>Alpi centrali orientali</t>
+  </si>
+  <si>
+    <t>Versante sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>mowed</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>sfalcio</t>
+  </si>
+  <si>
+    <t>pascolo</t>
+  </si>
+  <si>
+    <t>taglio dei rami</t>
+  </si>
+  <si>
+    <t>potatura di alberi e arbusti</t>
+  </si>
+  <si>
+    <t>dissodamento</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411827/593658</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">state of forest edge</t>
+      <t xml:space="preserve">stato del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #581</t>
     </r>
   </si>
   <si>
-    <t>Type and intensity of direct or indirect human interventions in the forest edge - in eight classes. Reference: Field Survey (MID 44: Waldrandzustand)</t>
+    <t>Tipo e intensità degli interventi umani diretti e indiretti sul margine boschivo, in otto classi. Fonte: rilievo sul terreno (MID 44: Waldrandzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">regione biogeografica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Suddivisione della Svizzera in sei regioni con flora e fauna simili. Le sei regioni corrispondono alla suddivisione di base nella pubblicazione «Le regioni biogeografiche della Svizzera», edita dall'UFAM nel 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2676</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the two inventories NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana, che è stato rilevato negli inventari IFN4 ed IFN5. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -721,51 +721,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1358,235 +1358,235 @@
         <v>100.0</v>
       </c>
       <c r="M22" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N22" s="6">
         <v>100.0</v>
       </c>
       <c r="O22" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="23" spans="1:15" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411827/593658</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
       <c r="L23" s="3"/>
       <c r="M23" s="3"/>
       <c r="N23" s="3"/>
       <c r="O23" s="3"/>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">state of forest edge</t>
+            <t xml:space="preserve">stato del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #581</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">regione biogeografica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="35" spans="1:15">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI4/NFI5</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2676</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:15" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="38" spans="1:15">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:15" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>39</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>