--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,386 +14,386 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>state of forest edge</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione del margine boschivo</t>
+  </si>
+  <si>
+    <t>stato del margine boschivo</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">: margine boschivo fino alla fascia montana</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...47 lines deleted...]
-    <t>Switzerland</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>mowed</t>
-[...23 lines deleted...]
-    <t>total</t>
+    <t>sfalcio</t>
+  </si>
+  <si>
+    <t>pascolo</t>
+  </si>
+  <si>
+    <t>taglio dei rami</t>
+  </si>
+  <si>
+    <t>potatura di alberi e arbusti</t>
+  </si>
+  <si>
+    <t>dissodamento</t>
+  </si>
+  <si>
+    <t>diradamento</t>
+  </si>
+  <si>
+    <t>cura del margine boschivo</t>
+  </si>
+  <si>
+    <t>nessun intervento</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411831/593662</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">proporzione del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Proporzione di margine boschivo che presenta una certa caratteristica (ad es. diversità strutturale, diversità delle specie legnose, struttura del margine boschivo) rispetto al margine boschivo totale. Il margine boschivo è definito come la zona di transizione o limite tra il bosco ed altri elementi del paesaggio.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">state of forest edge</t>
+      <t xml:space="preserve">stato del margine boschivo</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #581</t>
     </r>
   </si>
   <si>
-    <t>Type and intensity of direct or indirect human interventions in the forest edge - in eight classes. Reference: Field Survey (MID 44: Waldrandzustand)</t>
+    <t>Tipo e intensità degli interventi umani diretti e indiretti sul margine boschivo, in otto classi. Fonte: rilievo sul terreno (MID 44: Waldrandzustand)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+      <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2677</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts: «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane». Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Margine boschivo nelle fasce vegetazionali NaiS iperinsubrica, collinare, collinare con faggio, submontana, montana inferiore, montana superiore, montana inferiore/superiore ed altimontana. Fonte: rilievo sul terreno (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -745,51 +745,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="26.993" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="34.135" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1974,51 +1974,51 @@
         <v>100.0</v>
       </c>
       <c r="AC22" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD22" s="6">
         <v>100.0</v>
       </c>
       <c r="AE22" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:31" customHeight="1" ht="21.75">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411831/593662</t>
           </r>
         </is>
       </c>
       <c r="B23" s="3"/>
       <c r="C23" s="3"/>
       <c r="D23" s="3"/>
       <c r="E23" s="3"/>
       <c r="F23" s="3"/>
       <c r="G23" s="3"/>
       <c r="H23" s="3"/>
       <c r="I23" s="3"/>
       <c r="J23" s="3"/>
       <c r="K23" s="3"/>
@@ -2034,191 +2034,191 @@
       <c r="U23" s="3"/>
       <c r="V23" s="3"/>
       <c r="W23" s="3"/>
       <c r="X23" s="3"/>
       <c r="Y23" s="3"/>
       <c r="Z23" s="3"/>
       <c r="AA23" s="3"/>
       <c r="AB23" s="3"/>
       <c r="AC23" s="3"/>
       <c r="AD23" s="3"/>
       <c r="AE23" s="3"/>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">proporzione del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">state of forest edge</t>
+            <t xml:space="preserve">stato del margine boschivo</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #581</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="35" spans="1:31">
       <c r="A35" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt</t>
+            <t xml:space="preserve">margine boschivo fino alla fascia montana</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2677</t>
           </r>
         </is>
       </c>
     </row>
     <row r="36" spans="1:31" customHeight="1" ht="29">
       <c r="A36" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="38" spans="1:31">
       <c r="A38" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="39" spans="1:31" customHeight="1" ht="29">
       <c r="A39" s="1" t="s">
         <v>47</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>