--- v0 (2025-10-10)
+++ v1 (2026-01-23)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>boundary of forest edge</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldrandanteil</t>
+  </si>
+  <si>
+    <t>Waldrandbegrenzung</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
-[...2 lines deleted...]
-    <t>no boundary</t>
+    <t>keine Angabe</t>
+  </si>
+  <si>
+    <t>keine Begrenzung</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>sealed road</t>
-[...26 lines deleted...]
-    <t>total</t>
+    <t xml:space="preserve">Strasse mit Hartbelag </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Strasse ohne Hartbelag </t>
+  </si>
+  <si>
+    <t>Feldweg</t>
+  </si>
+  <si>
+    <t>Zäune von Anlagen</t>
+  </si>
+  <si>
+    <t>Wildzaun</t>
+  </si>
+  <si>
+    <t>Weidezaun</t>
+  </si>
+  <si>
+    <t>Mauer</t>
+  </si>
+  <si>
+    <t>Graben</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Gewässer </t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1411837/593668</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proportion of forest edge</t>
+      <t xml:space="preserve">Waldrandanteil</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #124</t>
     </r>
   </si>
   <si>
-    <t>Proportion of the forest edge with a certain characteristic (e.g. structural diversity, diversity of woody species or forest edge structure) in the total forest edge. The forest edge is the border or transition area between the vegetation form of forest and other elements of the landscape.</t>
+    <t>Anteil des Waldrandes mit einer bestimmten Eigenschaft (z.B. Strukturvielfalt, Gehölzartenvielfalt, Waldrandaufbau) am gesamten Waldrand. Dabei ist der Waldrand der Grenz- oder Übergangsbereich zwischen der Vegetationsform Wald und anderen Elementen der Landschaft.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">boundary of forest edge</t>
+      <t xml:space="preserve">Waldrandbegrenzung</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #585</t>
     </r>
   </si>
   <si>
-    <t>Obstruction directly at the forest edge that makes it difficult or impossible for humans or animals to enter or leave the forest or restricts the spread of the shrub belt or herbaceous fringe - in ten classes. Reference: Field Survey (MID 982: Art der Waldrandbegrenzung)</t>
+    <t>Hindernis direkt am Waldrand, das Mensch oder Tier den Zugang zum bzw. den Austritt aus dem Wald erschwert bzw. verunmöglicht oder die Ausbreitung von Strauchgürtel oder Krautsaum einschränkt, in zehn Klassen. Grundlage: Feldaufnahme (MID 982: Art der Waldrandbegrenzung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+      <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2675</t>
     </r>
   </si>
   <si>
-    <t>Forest edge in the NaiS altitudinal vegetation belts «hyperinsubric», «colline», «colline with beech», «submontane», «lower montane», «upper montane», «lower/upper montane» and «high montane», which was recorded during the four Inventories NFI2, NFI3, NFI4 and NFI5. Reference: Field Survey (MID 29: Waldrandbeschreibung)</t>
+    <t>Waldrand in den NaiS-Vegetationshöhenstufen hyperinsubrisch, kollin, kollin mit Buche, submontan, untermontan, obermontan, unter-/obermontan und hochmontan, der in den vier Inventuren LFI2, LFI3, LFI4 und LFI5 erfasst worden war. Grundlage: Feldaufnahme (MID 29: Waldrandbeschreibung)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="30.421" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="28.136" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1458,235 +1458,235 @@
         <v>100.0</v>
       </c>
       <c r="M24" s="6" t="s">
         <v>20</v>
       </c>
       <c r="N24" s="6">
         <v>100.0</v>
       </c>
       <c r="O24" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1411837/593668</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
       <c r="O25" s="3"/>
     </row>
     <row r="28" spans="1:15">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proportion of forest edge</t>
+            <t xml:space="preserve">Waldrandanteil</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #124</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:15" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="31" spans="1:15">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">boundary of forest edge</t>
+            <t xml:space="preserve">Waldrandbegrenzung</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #585</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:15" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="34" spans="1:15">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:15" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="37" spans="1:15">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest edge up to the montane vegetation belt NFI2-NFI5</t>
+            <t xml:space="preserve">Waldrand bis montane Stufe LFI2-LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2675</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:15" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="40" spans="1:15">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:15" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>