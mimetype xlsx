--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>numero di fusti morti</t>
+  </si>
+  <si>
+    <t>altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: 1000 Stk.</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...30 lines deleted...]
-    <t>1000 Stk.</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>=5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>Total</t>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412012/593843</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzstammzahl</t>
+      <t xml:space="preserve">numero di fusti morti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
+    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
+      <t xml:space="preserve">altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1805</t>
     </r>
   </si>
   <si>
-    <t>Höhe des noch stehenden Schaftstücks von gebrochenen Dürrständern, d.h. von stehenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD), in sechs Klassen. Grundlage: Feldaufnahme (MID 829: Schafthöhe gebrochener Probebaum)</t>
+    <t>Altezza della parte di fusto ancora in piedi degli alberi morti in piedi con una rottura del tronco, cioè degli alberi e arbusti morti in piedi a partire da 12 cm di diametro a petto d'uomo (DPU), in sei classi. Fonte: rilievo sul terreno (MID 829: Schafthöhe gebrochener Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,62 +715,62 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="13.997" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:13">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13">
       <c r="A5" t="s">
@@ -1196,233 +1196,233 @@
         <v>12967</v>
       </c>
       <c r="K20" s="7">
         <v>7</v>
       </c>
       <c r="L20" s="7">
         <v>73219</v>
       </c>
       <c r="M20" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412012/593843</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzstammzahl</t>
+            <t xml:space="preserve">numero di fusti morti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
+            <t xml:space="preserve">altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1805</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>