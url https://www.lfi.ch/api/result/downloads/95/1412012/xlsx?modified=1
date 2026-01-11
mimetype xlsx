--- v1 (2026-01-09)
+++ v2 (2026-01-11)
@@ -14,353 +14,353 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="37">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of deadwood stems</t>
+  </si>
+  <si>
+    <t>stem height of broken snags (6 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 n</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
-[...27 lines deleted...]
-    <t>Svizzera</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>1000 n</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>=5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>totale</t>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412012/593843</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">numero di fusti morti</t>
+      <t xml:space="preserve">number of deadwood stems</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Numero di fusti degli alberi e degli arbusti morti (in piedi e a terra) di almeno 12 cm di diametro a petto d'uomo (DPU).</t>
+    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
+      <t xml:space="preserve">stem height of broken snags (6 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1805</t>
     </r>
   </si>
   <si>
-    <t>Altezza della parte di fusto ancora in piedi degli alberi morti in piedi con una rottura del tronco, cioè degli alberi e arbusti morti in piedi a partire da 12 cm di diametro a petto d'uomo (DPU), in sei classi. Fonte: rilievo sul terreno (MID 829: Schafthöhe gebrochener Probebaum)</t>
+    <t>Height of the still standing stem section of broken snags, i.e. of standing dead trees and shrubs ≥12 cm in diameter at breast height (dbh) – in six classes. Reference: Field Survey (MID 829: Schafthöhe gebrochener Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Bosco coperto per meno di due terzi da arbusti e che può essere raggiunto a piedi.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -715,51 +715,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="77.695" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="10.426" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1196,233 +1196,233 @@
         <v>12967</v>
       </c>
       <c r="K20" s="7">
         <v>7</v>
       </c>
       <c r="L20" s="7">
         <v>73219</v>
       </c>
       <c r="M20" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412012/593843</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
     </row>
     <row r="24" spans="1:13">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">numero di fusti morti</t>
+            <t xml:space="preserve">number of deadwood stems</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:13">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">altezza delgi alberi morti in piedi con tronco rotto (6 classi)</t>
+            <t xml:space="preserve">stem height of broken snags (6 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1805</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:13" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:13">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:13" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:13">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:13" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="36" spans="1:13">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:13" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>36</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>