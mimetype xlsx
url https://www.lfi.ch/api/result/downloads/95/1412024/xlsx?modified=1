--- v0 (2025-11-17)
+++ v1 (2025-11-17)
@@ -14,356 +14,356 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>stem height of broken snags (6 classes)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Totholzstammzahl</t>
+  </si>
+  <si>
+    <t>Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: n/ha</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Stk./ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...33 lines deleted...]
-    <t>n/ha</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Stk./ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>=5.0 m</t>
   </si>
   <si>
     <t>5.1-10.0 m</t>
   </si>
   <si>
     <t>10.1-15.0 m</t>
   </si>
   <si>
     <t>15.1-20.0 m</t>
   </si>
   <si>
     <t>20.1-25.0 m</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>&gt;25.0 m</t>
   </si>
   <si>
-    <t>total</t>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412024/593855</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">number of deadwood stems</t>
+      <t xml:space="preserve">Totholzstammzahl</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #116</t>
     </r>
   </si>
   <si>
-    <t>Number of stems of dead trees and shrubs (standing and lying) with a diameter at breast height (dbh) ≥12 cm.</t>
+    <t>Anzahl Stämme der toten Bäume und Sträucher (stehende und liegende) ab 12 cm Brusthöhendurchmesser (BHD).</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">stem height of broken snags (6 classes)</t>
+      <t xml:space="preserve">Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1805</t>
     </r>
   </si>
   <si>
-    <t>Height of the still standing stem section of broken snags, i.e. of standing dead trees and shrubs ≥12 cm in diameter at breast height (dbh) – in six classes. Reference: Field Survey (MID 829: Schafthöhe gebrochener Probebaum)</t>
+    <t>Höhe des noch stehenden Schaftstücks von gebrochenen Dürrständern, d.h. von stehenden toten Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD), in sechs Klassen. Grundlage: Feldaufnahme (MID 829: Schafthöhe gebrochener Probebaum)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -718,64 +718,64 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O37"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:15">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:15">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:15">
       <c r="A5" t="s">
@@ -1261,235 +1261,235 @@
         <v>82</v>
       </c>
       <c r="M20" s="7">
         <v>7</v>
       </c>
       <c r="N20" s="7">
         <v>60</v>
       </c>
       <c r="O20" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="21.75">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412024/593855</t>
           </r>
         </is>
       </c>
       <c r="B21" s="3"/>
       <c r="C21" s="3"/>
       <c r="D21" s="3"/>
       <c r="E21" s="3"/>
       <c r="F21" s="3"/>
       <c r="G21" s="3"/>
       <c r="H21" s="3"/>
       <c r="I21" s="3"/>
       <c r="J21" s="3"/>
       <c r="K21" s="3"/>
       <c r="L21" s="3"/>
       <c r="M21" s="3"/>
       <c r="N21" s="3"/>
       <c r="O21" s="3"/>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">number of deadwood stems</t>
+            <t xml:space="preserve">Totholzstammzahl</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #116</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">stem height of broken snags (6 classes)</t>
+            <t xml:space="preserve">Schafthöhe gebrochener Dürrständer (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1805</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="36" spans="1:15">
       <c r="A36" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="37" spans="1:15" customHeight="1" ht="29">
       <c r="A37" s="1" t="s">
         <v>37</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>