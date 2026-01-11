--- v0 (2025-11-17)
+++ v1 (2026-01-11)
@@ -14,371 +14,371 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>number of microhabitats on standing living trees</t>
+  </si>
+  <si>
+    <t>time of last treatment (in 50-year classes )</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Wirtschaftsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Stk./ha</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: n/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...57 lines deleted...]
-    <t>Stk./ha</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>n/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>vor =50 Jahren</t>
-[...8 lines deleted...]
-    <t>Total</t>
+    <t>=50 years ago</t>
+  </si>
+  <si>
+    <t>51-100 years ago</t>
+  </si>
+  <si>
+    <t>&gt;100 years ago or never</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412175/594006</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+      <t xml:space="preserve">number of microhabitats on standing living trees</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #401</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Mikrohabitate an stehenden lebenden Bäumen und Sträuchern ab 12 cm Brusthöhendurchmesser (BHD). Als Mikrohabitate gelten: Pilzfruchtkörper; Stamm zu mehr als 10% mit Moosen, Flechten oder Efeu bewachsen; Spechtbruthöhle; flache Baumhöhle; breiter Spalt; Rindentasche; frischer Bruch; Dendrotelm; Krebs oder Maserknollen; Stammfusshöhle; tiefe Baumhöhle; Holzkörper frei ab einer Handfläche; gipfeldürr; Harzfluss; Insektenschaden (Stammfuss/Stamm/Schaft); &gt;20% Dürrastanteil.</t>
+    <t>Number of microhabitats on standing living trees and shrubs ≥12 cm in diameter at breast height (dbh). Microhabitats are defined as: fungal fruiting bodies; areas on the stem where moss, lichen or ivy covers more than 10%; woodpecker breeding cavity; shallow tree cavity; wide crack; bark pocket; fresh break; dendrotelm; canker or burr; buttress-root concavity; deep tree cavity; area of exposed bare wood larger than a hand; stag-headedness; resin flow; insect damage (foot of trunk /trunk/stem); &gt;20% dead branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+      <t xml:space="preserve">time of last treatment (in 50-year classes )</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1290</t>
     </r>
   </si>
   <si>
-    <t>Anzahl Jahre seit dem letzten waldbaulichen Eingriff in Klassen zu 50 Jahren. Als waldbauliche Eingriffe gelten Nutzungs- und Pflegeeingriffe, Pflanzungen und Aufforstungen sowie Sanitär- und Sicherheitseingriffe. Grundlage: Forstdienstbefragung (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
+    <t>Number of years since the last silvicultural treatment – in classes of 50 years. Silvicultural treatments include harvesting and tending interventions, planting and afforestation, as well as sanitary and safety interventions. Reference: Forest Service Survey (MID: 607: Anzahl Jahre seit dem letzten Eingriff)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wirtschaftsregion</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz mit 14 Regionen (2 Jura-, 3 Mittelland-, 3 Voralpen-, 5 Alpenregionen sowie 1 Region für die Alpensüdseite). Die Wirtschaftsregionen stellen eine Unterteilung der Produktionsregionen nach wirtschaftsgeografischen Gesichtpunkten dar.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+      <t xml:space="preserve">accessible forest without shrub forest</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
+    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -397,63 +397,66 @@
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFaaaaaa"/>
       </left>
       <right style="thin">
         <color rgb="FFaaaaaa"/>
       </right>
       <top style="thin">
         <color rgb="FFaaaaaa"/>
       </top>
       <bottom style="thin">
         <color rgb="FFaaaaaa"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="7">
+  <cellXfs count="8">
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="true" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="1" numFmtId="0" fillId="0" borderId="0" applyFont="1" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0"/>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="0" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="1">
       <alignment horizontal="right" vertical="bottom" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
+    </xf>
+    <xf xfId="0" fontId="0" quotePrefix="1" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
     <xf xfId="0" fontId="0" numFmtId="0" fillId="0" borderId="1" applyFont="0" applyNumberFormat="0" applyFill="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="top" textRotation="0" wrapText="false" shrinkToFit="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotTableStyle1"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
@@ -730,80 +733,80 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="63.556" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="55.272" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="6" max="6" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="8" max="8" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="10" max="10" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="12" max="12" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="14" max="14" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="16" max="16" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="18" max="18" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="20" max="20" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="22" max="22" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="24" max="24" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="26" max="26" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="27" max="27" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="28" max="28" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="28" max="28" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="29" max="29" width="6.856" bestFit="true" customWidth="true" style="0"/>
-    <col min="30" max="30" width="11.569" bestFit="true" customWidth="true" style="0"/>
+    <col min="30" max="30" width="8.141" bestFit="true" customWidth="true" style="0"/>
     <col min="31" max="31" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:31">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:31">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:31">
       <c r="A3" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="4" spans="1:31">
       <c r="A4" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:31">
       <c r="A5" t="s">
@@ -1000,535 +1003,535 @@
         <v>25</v>
       </c>
       <c r="Z12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AA12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="AB12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AC12" s="4" t="s">
         <v>25</v>
       </c>
       <c r="AD12" s="4" t="s">
         <v>24</v>
       </c>
       <c r="AE12" s="4" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:31">
       <c r="A13" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B13" s="6">
+      <c r="B13" s="7">
         <v>0</v>
       </c>
-      <c r="C13" s="6" t="s">
+      <c r="C13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="D13" s="6">
+      <c r="D13" s="7">
         <v>0</v>
       </c>
-      <c r="E13" s="6" t="s">
+      <c r="E13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="F13" s="6">
+      <c r="F13" s="7">
         <v>0</v>
       </c>
-      <c r="G13" s="6" t="s">
+      <c r="G13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="H13" s="6">
+      <c r="H13" s="7">
         <v>0</v>
       </c>
-      <c r="I13" s="6" t="s">
+      <c r="I13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="J13" s="6">
+      <c r="J13" s="7">
         <v>0</v>
       </c>
-      <c r="K13" s="6" t="s">
+      <c r="K13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="L13" s="6">
+      <c r="L13" s="7">
         <v>458</v>
       </c>
-      <c r="M13" s="6" t="s">
+      <c r="M13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="N13" s="6">
+      <c r="N13" s="7">
         <v>0</v>
       </c>
-      <c r="O13" s="6" t="s">
+      <c r="O13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="P13" s="6">
+      <c r="P13" s="7">
         <v>0</v>
       </c>
-      <c r="Q13" s="6" t="s">
+      <c r="Q13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="R13" s="6">
+      <c r="R13" s="7">
         <v>0</v>
       </c>
-      <c r="S13" s="6" t="s">
+      <c r="S13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="T13" s="6">
+      <c r="T13" s="7">
         <v>0</v>
       </c>
-      <c r="U13" s="6" t="s">
+      <c r="U13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="V13" s="6">
+      <c r="V13" s="7">
         <v>0</v>
       </c>
-      <c r="W13" s="6" t="s">
+      <c r="W13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="X13" s="6">
+      <c r="X13" s="7">
         <v>0</v>
       </c>
-      <c r="Y13" s="6" t="s">
+      <c r="Y13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="Z13" s="6">
+      <c r="Z13" s="7">
         <v>0</v>
       </c>
-      <c r="AA13" s="6" t="s">
+      <c r="AA13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AB13" s="6">
+      <c r="AB13" s="7">
         <v>0</v>
       </c>
-      <c r="AC13" s="6" t="s">
+      <c r="AC13" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="AD13" s="6">
+      <c r="AD13" s="7">
         <v>458</v>
       </c>
-      <c r="AE13" s="6" t="s">
+      <c r="AE13" s="7" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:31">
-      <c r="A14" s="5" t="s">
+      <c r="A14" s="6" t="s">
         <v>28</v>
       </c>
-      <c r="B14" s="6">
+      <c r="B14" s="7">
         <v>307</v>
       </c>
-      <c r="C14" s="6">
+      <c r="C14" s="7">
         <v>4</v>
       </c>
-      <c r="D14" s="6">
+      <c r="D14" s="7">
         <v>223</v>
       </c>
-      <c r="E14" s="6">
+      <c r="E14" s="7">
         <v>8</v>
       </c>
-      <c r="F14" s="6">
+      <c r="F14" s="7">
         <v>270</v>
       </c>
-      <c r="G14" s="6">
+      <c r="G14" s="7">
         <v>9</v>
       </c>
-      <c r="H14" s="6">
+      <c r="H14" s="7">
         <v>267</v>
       </c>
-      <c r="I14" s="6">
+      <c r="I14" s="7">
         <v>7</v>
       </c>
-      <c r="J14" s="6">
+      <c r="J14" s="7">
         <v>246</v>
       </c>
-      <c r="K14" s="6">
+      <c r="K14" s="7">
         <v>5</v>
       </c>
-      <c r="L14" s="6">
+      <c r="L14" s="7">
         <v>356</v>
       </c>
-      <c r="M14" s="6">
+      <c r="M14" s="7">
         <v>9</v>
       </c>
-      <c r="N14" s="6">
+      <c r="N14" s="7">
         <v>351</v>
       </c>
-      <c r="O14" s="6">
+      <c r="O14" s="7">
         <v>6</v>
       </c>
-      <c r="P14" s="6">
+      <c r="P14" s="7">
         <v>298</v>
       </c>
-      <c r="Q14" s="6">
+      <c r="Q14" s="7">
         <v>6</v>
       </c>
-      <c r="R14" s="6">
+      <c r="R14" s="7">
         <v>388</v>
       </c>
-      <c r="S14" s="6">
+      <c r="S14" s="7">
         <v>7</v>
       </c>
-      <c r="T14" s="6">
+      <c r="T14" s="7">
         <v>431</v>
       </c>
-      <c r="U14" s="6">
+      <c r="U14" s="7">
         <v>11</v>
       </c>
-      <c r="V14" s="6">
+      <c r="V14" s="7">
         <v>301</v>
       </c>
-      <c r="W14" s="6">
+      <c r="W14" s="7">
         <v>10</v>
       </c>
-      <c r="X14" s="6">
+      <c r="X14" s="7">
         <v>349</v>
       </c>
-      <c r="Y14" s="6">
+      <c r="Y14" s="7">
         <v>7</v>
       </c>
-      <c r="Z14" s="6">
+      <c r="Z14" s="7">
         <v>345</v>
       </c>
-      <c r="AA14" s="6">
+      <c r="AA14" s="7">
         <v>6</v>
       </c>
-      <c r="AB14" s="6">
+      <c r="AB14" s="7">
         <v>317</v>
       </c>
-      <c r="AC14" s="6">
+      <c r="AC14" s="7">
         <v>8</v>
       </c>
-      <c r="AD14" s="6">
+      <c r="AD14" s="7">
         <v>312</v>
       </c>
-      <c r="AE14" s="6">
+      <c r="AE14" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="15" spans="1:31">
       <c r="A15" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="B15" s="6">
+      <c r="B15" s="7">
         <v>664</v>
       </c>
-      <c r="C15" s="6">
+      <c r="C15" s="7">
         <v>14</v>
       </c>
-      <c r="D15" s="6">
+      <c r="D15" s="7">
         <v>357</v>
       </c>
-      <c r="E15" s="6">
+      <c r="E15" s="7">
         <v>18</v>
       </c>
-      <c r="F15" s="6">
+      <c r="F15" s="7">
         <v>482</v>
       </c>
-      <c r="G15" s="6">
+      <c r="G15" s="7">
         <v>17</v>
       </c>
-      <c r="H15" s="6">
+      <c r="H15" s="7">
         <v>549</v>
       </c>
-      <c r="I15" s="6">
+      <c r="I15" s="7">
         <v>26</v>
       </c>
-      <c r="J15" s="6">
+      <c r="J15" s="7">
         <v>262</v>
       </c>
-      <c r="K15" s="6">
+      <c r="K15" s="7">
         <v>37</v>
       </c>
-      <c r="L15" s="6">
+      <c r="L15" s="7">
         <v>732</v>
       </c>
-      <c r="M15" s="6">
+      <c r="M15" s="7">
         <v>20</v>
       </c>
-      <c r="N15" s="6">
+      <c r="N15" s="7">
         <v>414</v>
       </c>
-      <c r="O15" s="6">
+      <c r="O15" s="7">
         <v>11</v>
       </c>
-      <c r="P15" s="6">
+      <c r="P15" s="7">
         <v>354</v>
       </c>
-      <c r="Q15" s="6">
+      <c r="Q15" s="7">
         <v>19</v>
       </c>
-      <c r="R15" s="6">
+      <c r="R15" s="7">
         <v>377</v>
       </c>
-      <c r="S15" s="6">
+      <c r="S15" s="7">
         <v>15</v>
       </c>
-      <c r="T15" s="6">
+      <c r="T15" s="7">
         <v>434</v>
       </c>
-      <c r="U15" s="6">
+      <c r="U15" s="7">
         <v>28</v>
       </c>
-      <c r="V15" s="6">
+      <c r="V15" s="7">
         <v>650</v>
       </c>
-      <c r="W15" s="6">
+      <c r="W15" s="7">
         <v>19</v>
       </c>
-      <c r="X15" s="6">
+      <c r="X15" s="7">
         <v>460</v>
       </c>
-      <c r="Y15" s="6">
+      <c r="Y15" s="7">
         <v>11</v>
       </c>
-      <c r="Z15" s="6">
+      <c r="Z15" s="7">
         <v>466</v>
       </c>
-      <c r="AA15" s="6">
+      <c r="AA15" s="7">
         <v>12</v>
       </c>
-      <c r="AB15" s="6">
+      <c r="AB15" s="7">
         <v>470</v>
       </c>
-      <c r="AC15" s="6">
+      <c r="AC15" s="7">
         <v>6</v>
       </c>
-      <c r="AD15" s="6">
+      <c r="AD15" s="7">
         <v>472</v>
       </c>
-      <c r="AE15" s="6">
+      <c r="AE15" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="16" spans="1:31">
       <c r="A16" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="B16" s="6">
+      <c r="B16" s="7">
         <v>319</v>
       </c>
-      <c r="C16" s="6">
+      <c r="C16" s="7">
         <v>26</v>
       </c>
-      <c r="D16" s="6">
+      <c r="D16" s="7">
         <v>0</v>
       </c>
-      <c r="E16" s="6" t="s">
+      <c r="E16" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="F16" s="6">
+      <c r="F16" s="7">
         <v>0</v>
       </c>
-      <c r="G16" s="6" t="s">
+      <c r="G16" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="H16" s="6">
+      <c r="H16" s="7">
         <v>420</v>
       </c>
-      <c r="I16" s="6">
+      <c r="I16" s="7">
         <v>52</v>
       </c>
-      <c r="J16" s="6">
+      <c r="J16" s="7">
         <v>270</v>
       </c>
-      <c r="K16" s="6" t="s">
+      <c r="K16" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="L16" s="6">
+      <c r="L16" s="7">
         <v>395</v>
       </c>
-      <c r="M16" s="6">
+      <c r="M16" s="7">
         <v>33</v>
       </c>
-      <c r="N16" s="6">
+      <c r="N16" s="7">
         <v>611</v>
       </c>
-      <c r="O16" s="6">
+      <c r="O16" s="7">
         <v>28</v>
       </c>
-      <c r="P16" s="6">
+      <c r="P16" s="7">
         <v>365</v>
       </c>
-      <c r="Q16" s="6">
+      <c r="Q16" s="7">
         <v>19</v>
       </c>
-      <c r="R16" s="6">
+      <c r="R16" s="7">
         <v>393</v>
       </c>
-      <c r="S16" s="6">
+      <c r="S16" s="7">
         <v>21</v>
       </c>
-      <c r="T16" s="6">
+      <c r="T16" s="7">
         <v>285</v>
       </c>
-      <c r="U16" s="6">
+      <c r="U16" s="7">
         <v>22</v>
       </c>
-      <c r="V16" s="6">
+      <c r="V16" s="7">
         <v>388</v>
       </c>
-      <c r="W16" s="6">
+      <c r="W16" s="7">
         <v>24</v>
       </c>
-      <c r="X16" s="6">
+      <c r="X16" s="7">
         <v>558</v>
       </c>
-      <c r="Y16" s="6">
+      <c r="Y16" s="7">
         <v>16</v>
       </c>
-      <c r="Z16" s="6">
+      <c r="Z16" s="7">
         <v>481</v>
       </c>
-      <c r="AA16" s="6">
+      <c r="AA16" s="7">
         <v>12</v>
       </c>
-      <c r="AB16" s="6">
+      <c r="AB16" s="7">
         <v>434</v>
       </c>
-      <c r="AC16" s="6">
+      <c r="AC16" s="7">
         <v>9</v>
       </c>
-      <c r="AD16" s="6">
+      <c r="AD16" s="7">
         <v>459</v>
       </c>
-      <c r="AE16" s="6">
+      <c r="AE16" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="17" spans="1:31">
       <c r="A17" s="5" t="s">
         <v>31</v>
       </c>
-      <c r="B17" s="6">
+      <c r="B17" s="7">
         <v>327</v>
       </c>
-      <c r="C17" s="6">
+      <c r="C17" s="7">
         <v>4</v>
       </c>
-      <c r="D17" s="6">
+      <c r="D17" s="7">
         <v>231</v>
       </c>
-      <c r="E17" s="6">
+      <c r="E17" s="7">
         <v>7</v>
       </c>
-      <c r="F17" s="6">
+      <c r="F17" s="7">
         <v>285</v>
       </c>
-      <c r="G17" s="6">
+      <c r="G17" s="7">
         <v>8</v>
       </c>
-      <c r="H17" s="6">
+      <c r="H17" s="7">
         <v>271</v>
       </c>
-      <c r="I17" s="6">
+      <c r="I17" s="7">
         <v>7</v>
       </c>
-      <c r="J17" s="6">
+      <c r="J17" s="7">
         <v>246</v>
       </c>
-      <c r="K17" s="6">
+      <c r="K17" s="7">
         <v>5</v>
       </c>
-      <c r="L17" s="6">
+      <c r="L17" s="7">
         <v>397</v>
       </c>
-      <c r="M17" s="6">
+      <c r="M17" s="7">
         <v>8</v>
       </c>
-      <c r="N17" s="6">
+      <c r="N17" s="7">
         <v>373</v>
       </c>
-      <c r="O17" s="6">
+      <c r="O17" s="7">
         <v>6</v>
       </c>
-      <c r="P17" s="6">
+      <c r="P17" s="7">
         <v>305</v>
       </c>
-      <c r="Q17" s="6">
+      <c r="Q17" s="7">
         <v>6</v>
       </c>
-      <c r="R17" s="6">
+      <c r="R17" s="7">
         <v>387</v>
       </c>
-      <c r="S17" s="6">
+      <c r="S17" s="7">
         <v>6</v>
       </c>
-      <c r="T17" s="6">
+      <c r="T17" s="7">
         <v>412</v>
       </c>
-      <c r="U17" s="6">
+      <c r="U17" s="7">
         <v>10</v>
       </c>
-      <c r="V17" s="6">
+      <c r="V17" s="7">
         <v>352</v>
       </c>
-      <c r="W17" s="6">
+      <c r="W17" s="7">
         <v>9</v>
       </c>
-      <c r="X17" s="6">
+      <c r="X17" s="7">
         <v>404</v>
       </c>
-      <c r="Y17" s="6">
+      <c r="Y17" s="7">
         <v>6</v>
       </c>
-      <c r="Z17" s="6">
+      <c r="Z17" s="7">
         <v>382</v>
       </c>
-      <c r="AA17" s="6">
+      <c r="AA17" s="7">
         <v>5</v>
       </c>
-      <c r="AB17" s="6">
+      <c r="AB17" s="7">
         <v>403</v>
       </c>
-      <c r="AC17" s="6">
+      <c r="AC17" s="7">
         <v>4</v>
       </c>
-      <c r="AD17" s="6">
+      <c r="AD17" s="7">
         <v>347</v>
       </c>
-      <c r="AE17" s="6">
+      <c r="AE17" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:31" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412175/594006</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -1544,191 +1547,191 @@
       <c r="U18" s="3"/>
       <c r="V18" s="3"/>
       <c r="W18" s="3"/>
       <c r="X18" s="3"/>
       <c r="Y18" s="3"/>
       <c r="Z18" s="3"/>
       <c r="AA18" s="3"/>
       <c r="AB18" s="3"/>
       <c r="AC18" s="3"/>
       <c r="AD18" s="3"/>
       <c r="AE18" s="3"/>
     </row>
     <row r="21" spans="1:31">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anzahl Mikrohabitate an stehenden lebenden Bäumen</t>
+            <t xml:space="preserve">number of microhabitats on standing living trees</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #401</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:31" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="24" spans="1:31">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Zeitpunkt des letzten Eingriffs (50-Jahres-Klassen)</t>
+            <t xml:space="preserve">time of last treatment (in 50-year classes )</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1290</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:31" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="27" spans="1:31">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wirtschaftsregion</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="30" spans="1:31">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
+            <t xml:space="preserve">accessible forest without shrub forest</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:31" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="33" spans="1:31">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:31" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>