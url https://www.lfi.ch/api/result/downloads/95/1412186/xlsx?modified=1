--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,365 +14,365 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area of deadwood</t>
+  </si>
+  <si>
+    <t>altitudinal vegetation belts (NaiS; 10 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: production region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
-[...9 lines deleted...]
-    <t>Produktionsregion</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>production region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...11 lines deleted...]
-    <t>Schweiz</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Pre-Alps</t>
+  </si>
+  <si>
+    <t>Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>obersubalpin</t>
-[...29 lines deleted...]
-    <t>Total</t>
+    <t>upper subalpine</t>
+  </si>
+  <si>
+    <t>subalpine</t>
+  </si>
+  <si>
+    <t>high-montane</t>
+  </si>
+  <si>
+    <t>upper montane (N)</t>
+  </si>
+  <si>
+    <t>lower montane (N)</t>
+  </si>
+  <si>
+    <t>lower/upper montane (S)</t>
+  </si>
+  <si>
+    <t>submontane (N)</t>
+  </si>
+  <si>
+    <t>colline with beech (S)</t>
+  </si>
+  <si>
+    <t>colline</t>
+  </si>
+  <si>
+    <t>hyperinsubric (S)</t>
+  </si>
+  <si>
+    <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412186/594017</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Totholzbasalfläche</t>
+      <t xml:space="preserve">basal area of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Summe der Stammquerschnittsflächen in 1,3 m Höhe (Messstelle für den Brusthöhendurchmesser BHD) der toten Bäume und Sträucher (stehende und liegende) ab 12 cm BHD.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+      <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2632</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005) in zehn Klassen, wobei die Klassen «hyperinsubrisch», «kollin mit Buche» und «unter-/obermontan» nur auf der Alpensüdseite (S), die Klassen «submontan», «untermontan», «obermontan» nur auf der Alpennordseite (N) und die Klassen «hochmontan», «subalpin» und «obersubalpin» auf beiden Seiten der Alpen vorkommen können. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
+    <t>Altitudinal vegetation belts in the system used in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005) – in ten classes, whereby the classes «hyperinsubric», «colline» and «colline with beech» and «lower and upper montane» only occur in the Southern Alps (S), the classes «submontane», «lower montane», «upper montane» only in the Northern Alps (N) and the classes «high montane», «subalpine» and «upper subalpine» on both sides of the Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">production region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -724,51 +724,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="50.559" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="58.843" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1369,233 +1369,233 @@
         <v>4.0</v>
       </c>
       <c r="K24" s="6">
         <v>8</v>
       </c>
       <c r="L24" s="6">
         <v>3.4</v>
       </c>
       <c r="M24" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:13" customHeight="1" ht="21.75">
       <c r="A25" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412186/594017</t>
           </r>
         </is>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="3"/>
       <c r="D25" s="3"/>
       <c r="E25" s="3"/>
       <c r="F25" s="3"/>
       <c r="G25" s="3"/>
       <c r="H25" s="3"/>
       <c r="I25" s="3"/>
       <c r="J25" s="3"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
     </row>
     <row r="28" spans="1:13">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Totholzbasalfläche</t>
+            <t xml:space="preserve">basal area of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="29" spans="1:13" customHeight="1" ht="29">
       <c r="A29" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="31" spans="1:13">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (10 Klassen)</t>
+            <t xml:space="preserve">altitudinal vegetation belts (NaiS; 10 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2632</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:13" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="34" spans="1:13">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">production region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:13" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="37" spans="1:13">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:13" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="40" spans="1:13">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:13" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>40</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>