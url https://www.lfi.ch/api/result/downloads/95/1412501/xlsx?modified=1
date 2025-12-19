--- v0 (2025-10-01)
+++ v1 (2025-12-19)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest management intensity</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bewirtschaftungsintensität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: biogeographical region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: biogeografische Region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...9 lines deleted...]
-    <t>biogeographical region</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>biogeografische Region</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Plateau</t>
-[...14 lines deleted...]
-    <t>Switzerland</t>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Alpennordflanke</t>
+  </si>
+  <si>
+    <t>Westliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Östliche Zentralalpen</t>
+  </si>
+  <si>
+    <t>Alpensüdflanke</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>normal</t>
   </si>
   <si>
-    <t>low</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>nicht bewirtschaftet</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412501/594332</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest management intensity</t>
+      <t xml:space="preserve">Bewirtschaftungsintensität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensity of forest management, classified in three classes according to site quality and the time of the last treatment. Reference: Forest Service Survey (MID 607: Anzahl Jahre seit dem letzten Eingriff); modelled site quality (total growth performance according to Keller 1978)</t>
+    <t>Intensität der Waldbewirtschaftung in drei Klassen, abgeleitet aus der Standortgüte und dem Zeitpunkt des letzten Eingriffs. Grundlage: Forstdienstbefragung (MID 607: Anzahl Jahre seit dem letzten Eingriff); modellierte Standortgüte (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">biogeographical region</t>
+      <t xml:space="preserve">biogeografische Region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2586</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into six regions with similar flora and fauna. The six regions correspond to the basic categories in the publication «The Biogeographical Regions of Switzerland», which was published by FOEN in 2022.</t>
+    <t>Gliederung der Schweiz in sechs Regionen mit ähnlicher Flora und Fauna. Die sechs Regionen entsprechen der Grundeinteilung der Publikation «Die biogeographischen Regionen der Schweiz», die vom BAFU im Jahr 2022 herausgegeben wurde.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412501/594332</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest management intensity</t>
+            <t xml:space="preserve">Bewirtschaftungsintensität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">biogeographical region</t>
+            <t xml:space="preserve">biogeografische Region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2586</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>