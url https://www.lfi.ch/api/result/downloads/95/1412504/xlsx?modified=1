--- v0 (2025-10-01)
+++ v1 (2026-01-23)
@@ -14,347 +14,347 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest management intensity</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Waldfläche</t>
+  </si>
+  <si>
+    <t>Bewirtschaftungsintensität</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: protection forest region</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: Schutzwaldregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, column total</t>
+      <t xml:space="preserve">Einheit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, Spaltentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">Bezugsfläche</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...30 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">Netz</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Schutzwaldregion</t>
+  </si>
+  <si>
+    <t>Jura + Mittelland</t>
+  </si>
+  <si>
+    <t>Nordalpen West</t>
+  </si>
+  <si>
+    <t>Nordalpen Ost</t>
+  </si>
+  <si>
+    <t>Alpen Südwest</t>
+  </si>
+  <si>
+    <t>Alpen Südost</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
     <t>normal</t>
   </si>
   <si>
-    <t>low</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>gering</t>
+  </si>
+  <si>
+    <t>nicht bewirtschaftet</t>
+  </si>
+  <si>
+    <t>Total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412504/594335</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">Waldfläche</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Gesamtheit aller Flächen, die gemäss Walddefinition des LFI als Wald bezeichnet werden. Die Walddefinition schliesst Gebüschwald mit ein. Die Zielgrösse «Waldfläche» wird auch verwendet für Auswertungen der Gesamtfläche, wenn es um die Unterscheidung von Wald und Nichtwald geht.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest management intensity</t>
+      <t xml:space="preserve">Bewirtschaftungsintensität</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensity of forest management, classified in three classes according to site quality and the time of the last treatment. Reference: Forest Service Survey (MID 607: Anzahl Jahre seit dem letzten Eingriff); modelled site quality (total growth performance according to Keller 1978)</t>
+    <t>Intensität der Waldbewirtschaftung in drei Klassen, abgeleitet aus der Standortgüte und dem Zeitpunkt des letzten Eingriffs. Grundlage: Forstdienstbefragung (MID 607: Anzahl Jahre seit dem letzten Eingriff); modellierte Standortgüte (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">protective forest region</t>
+      <t xml:space="preserve">Schutzwaldregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
+    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Wald, der zu weniger als zwei Dritteln mit Sträuchern bedeckt ist und zu Fuss aufgesucht werden kann.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -706,51 +706,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1108,235 +1108,235 @@
         <v>100.0</v>
       </c>
       <c r="M17" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N17" s="6">
         <v>100.0</v>
       </c>
       <c r="O17" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="18" spans="1:15" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412504/594335</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
       <c r="L18" s="3"/>
       <c r="M18" s="3"/>
       <c r="N18" s="3"/>
       <c r="O18" s="3"/>
     </row>
     <row r="21" spans="1:15">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">Waldfläche</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:15" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="24" spans="1:15">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest management intensity</t>
+            <t xml:space="preserve">Bewirtschaftungsintensität</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:15" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27" spans="1:15">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">protective forest region</t>
+            <t xml:space="preserve">Schutzwaldregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:15" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="30" spans="1:15">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:15" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="33" spans="1:15">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:15" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>