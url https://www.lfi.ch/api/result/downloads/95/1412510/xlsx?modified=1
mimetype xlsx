--- v0 (2025-12-08)
+++ v1 (2026-01-23)
@@ -14,131 +14,131 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>forest management intensity</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>superficie forestale</t>
+  </si>
+  <si>
+    <t>intensità della gestione forestale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: canton</t>
+      <t xml:space="preserve">: cantone</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>state 2018/26</t>
-[...2 lines deleted...]
-    <t>canton</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>cantone</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>BL/BS</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>GL</t>
   </si>
@@ -172,246 +172,246 @@
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>TI</t>
   </si>
   <si>
     <t>UR</t>
   </si>
   <si>
     <t>VD</t>
   </si>
   <si>
     <t>VS</t>
   </si>
   <si>
     <t>ZG</t>
   </si>
   <si>
     <t>ZH</t>
   </si>
   <si>
-    <t>Switzerland</t>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>normal</t>
-[...8 lines deleted...]
-    <t>total</t>
+    <t>normale</t>
+  </si>
+  <si>
+    <t>debole</t>
+  </si>
+  <si>
+    <t>nessuna gestione</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412510/594341</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest area</t>
+      <t xml:space="preserve">superficie forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #44</t>
     </r>
   </si>
   <si>
-    <t>All areas designated as forest according to the NFI forest definition. The forest definition includes shrub forest. The target variable "forest area" is also used when classifying the total area as forest or non-forest.</t>
+    <t>Insieme di tutte le superfici dichiarate come bosco secondo la definizione di bosco dell'IFN. Questa definizione comprende anche gli arbusteti. La variabile target «superficie forestale» viene anche utilizzata per analizzare la superficie totale quando si tratta di distinguere tra «bosco» e «non bosco».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forest management intensity</t>
+      <t xml:space="preserve">intensità della gestione forestale</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #758</t>
     </r>
   </si>
   <si>
-    <t>Intensity of forest management, classified in three classes according to site quality and the time of the last treatment. Reference: Forest Service Survey (MID 607: Anzahl Jahre seit dem letzten Eingriff); modelled site quality (total growth performance according to Keller 1978)</t>
+    <t>Intensità della gestione forestale in tre classi, derivata dalla fertilità del sito e dalla data dell'ultimo intervento. Fonte: inchiesta presso il servizio forestale (MID 607: Anzahl Jahre seit dem letzten Eingriff), modello per la fertilità (Gesamtwuchsleistung nach Keller 1978)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">canton</t>
+      <t xml:space="preserve">cantone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #827</t>
     </r>
   </si>
   <si>
-    <t>Regional demarcation with the cantons as a unit, with the two half-cantons, Basel-Land and Basel-Stadt, combined into one canton for statistical reasons.</t>
+    <t>Suddivisione regionale con i cantoni come unità. I due semicantoni di Basilea Campagna e Basilea Città sono riuniti in un unico cantone per motivi statistici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
+    <t>Bosco che sia nell'IFN1 (1983-1985) che nell'IFN2 (1993-1995), nell'IFN3 (2004-2006), nell'IFN4 (2009-2017) e nell'IFN5 (2018-2026) era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -763,51 +763,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:BA34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="35.277" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="43.418" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="11.569" bestFit="true" customWidth="true" style="0"/>
@@ -2001,51 +2001,51 @@
         <v>49.2</v>
       </c>
       <c r="AY17" s="6">
         <v>8</v>
       </c>
       <c r="AZ17" s="6">
         <v>1049.5</v>
       </c>
       <c r="BA17" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:53" customHeight="1" ht="21.75">
       <c r="A18" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412510/594341</t>
           </r>
         </is>
       </c>
       <c r="B18" s="3"/>
       <c r="C18" s="3"/>
       <c r="D18" s="3"/>
       <c r="E18" s="3"/>
       <c r="F18" s="3"/>
       <c r="G18" s="3"/>
       <c r="H18" s="3"/>
       <c r="I18" s="3"/>
       <c r="J18" s="3"/>
       <c r="K18" s="3"/>
@@ -2083,191 +2083,191 @@
       <c r="AQ18" s="3"/>
       <c r="AR18" s="3"/>
       <c r="AS18" s="3"/>
       <c r="AT18" s="3"/>
       <c r="AU18" s="3"/>
       <c r="AV18" s="3"/>
       <c r="AW18" s="3"/>
       <c r="AX18" s="3"/>
       <c r="AY18" s="3"/>
       <c r="AZ18" s="3"/>
       <c r="BA18" s="3"/>
     </row>
     <row r="21" spans="1:53">
       <c r="A21" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest area</t>
+            <t xml:space="preserve">superficie forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #44</t>
           </r>
         </is>
       </c>
     </row>
     <row r="22" spans="1:53" customHeight="1" ht="29">
       <c r="A22" s="1" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="24" spans="1:53">
       <c r="A24" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forest management intensity</t>
+            <t xml:space="preserve">intensità della gestione forestale</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #758</t>
           </r>
         </is>
       </c>
     </row>
     <row r="25" spans="1:53" customHeight="1" ht="29">
       <c r="A25" s="1" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="27" spans="1:53">
       <c r="A27" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">canton</t>
+            <t xml:space="preserve">cantone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #827</t>
           </r>
         </is>
       </c>
     </row>
     <row r="28" spans="1:53" customHeight="1" ht="29">
       <c r="A28" s="1" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="30" spans="1:53">
       <c r="A30" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN1-IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="31" spans="1:53" customHeight="1" ht="29">
       <c r="A31" s="1" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="33" spans="1:53">
       <c r="A33" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="34" spans="1:53" customHeight="1" ht="29">
       <c r="A34" s="1" t="s">
         <v>53</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:BA1"/>
     <mergeCell ref="A2:BA2"/>