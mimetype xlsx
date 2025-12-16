--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -14,401 +14,401 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="53">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>essence principale</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>basal area of deadwood</t>
+  </si>
+  <si>
+    <t>main tree species</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">: economic region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
       <t xml:space="preserve">: m²/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>état 2018/26</t>
-[...47 lines deleted...]
-    <t>Suisse</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>economic region</t>
+  </si>
+  <si>
+    <t>Western Jura</t>
+  </si>
+  <si>
+    <t>Eastern Jura</t>
+  </si>
+  <si>
+    <t>Western Plateau</t>
+  </si>
+  <si>
+    <t>Central Plateau</t>
+  </si>
+  <si>
+    <t>Eastern Plateau</t>
+  </si>
+  <si>
+    <t>Western Pre-Alps</t>
+  </si>
+  <si>
+    <t>Central Pre-Alps</t>
+  </si>
+  <si>
+    <t>Eastern Pre-Alps</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Central Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t>Southwestern Alps</t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>m²/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>épicéa</t>
-[...35 lines deleted...]
-    <t>indéterminable</t>
+    <t>spruce</t>
+  </si>
+  <si>
+    <t>fir</t>
+  </si>
+  <si>
+    <t>pine</t>
+  </si>
+  <si>
+    <t>larch</t>
+  </si>
+  <si>
+    <t>Arolla pine</t>
+  </si>
+  <si>
+    <t>other conifers</t>
+  </si>
+  <si>
+    <t>beech</t>
+  </si>
+  <si>
+    <t>maple</t>
+  </si>
+  <si>
+    <t>ash</t>
+  </si>
+  <si>
+    <t>oak</t>
+  </si>
+  <si>
+    <t>sweet chestnut</t>
+  </si>
+  <si>
+    <t>other broadleaves</t>
+  </si>
+  <si>
+    <t>indeterminable</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412690/594521</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">surface terrière du bois mort</t>
+      <t xml:space="preserve">basal area of deadwood</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #171</t>
     </r>
   </si>
   <si>
-    <t>Somme des sections transversales à 1,3 m de hauteur (point de mesure du diamètre à hauteur de poitrine [DHP]) des arbres et arbustes morts (sur pied et à terre) d'au moins 12 cm de DHP.</t>
+    <t>Sum of the stem cross-sectional areas at a height of 1.3 m (level for measuring diameter at breast height [dbh]) of all dead trees and shrubs (standing and lying) with a dbh ≥12 cm.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">essence principale</t>
+      <t xml:space="preserve">main tree species</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #90</t>
     </r>
   </si>
   <si>
-    <t>Espèce d'arbre et d'arbuste à partir d'un diamètre à hauteur de poitrine (DHP) de 12 cm, avec des classes individuelles pour les dix espèces ou groupes d'espèces les plus fréquents en Suisse («essences principales») et les classes «autres résineux» et «autres feuillus» pour les autres espèces. Les essences principales sont les épicéas (Picea spp.), les sapins (Abies spp.), les pins (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), les mélèzes (Larix spp.), l'arole (Pinus cembra), le hêtre (Fagus sylvatica), les érables (Acer spp.), les frênes (Fraxinus spp.), les chênes (Quercus spp.) et le châtaignier (Castanea sativa). Source: relevé de terrain (MID 50: Baumart)</t>
+    <t>Type of trees and shrubs ≥12 cm in diameter at breast height (dbh) with the ten most common species or species groups in Switzerland ('main tree species') categorised, and the classes 'other conifers' and 'other broadleaves' for the remaining species. The main tree species are: spruce (Picea spp.), fir (Abies spp.), pine (Pinus sylvestris, P. nigra, P. strobus, P. mugo subsp. uncinata), larch (Larix spp.), Arolla pine (Pinus cembra), beech (Fagus sylvatica), maple (Acer spp.), ash (Fraxinus spp.), oak (Quercus spp.) and chestnut (Castanea sativa). Reference: Field Survey (MID 50: Baumart)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">economic region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -760,51 +760,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="24.565" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -2464,51 +2464,51 @@
         <v>4.6</v>
       </c>
       <c r="AC27" s="6">
         <v>8</v>
       </c>
       <c r="AD27" s="6">
         <v>3.6</v>
       </c>
       <c r="AE27" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="28" spans="1:31" customHeight="1" ht="21.75">
       <c r="A28" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412690/594521</t>
           </r>
         </is>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
@@ -2524,191 +2524,191 @@
       <c r="U28" s="3"/>
       <c r="V28" s="3"/>
       <c r="W28" s="3"/>
       <c r="X28" s="3"/>
       <c r="Y28" s="3"/>
       <c r="Z28" s="3"/>
       <c r="AA28" s="3"/>
       <c r="AB28" s="3"/>
       <c r="AC28" s="3"/>
       <c r="AD28" s="3"/>
       <c r="AE28" s="3"/>
     </row>
     <row r="31" spans="1:31">
       <c r="A31" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">surface terrière du bois mort</t>
+            <t xml:space="preserve">basal area of deadwood</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #171</t>
           </r>
         </is>
       </c>
     </row>
     <row r="32" spans="1:31" customHeight="1" ht="29">
       <c r="A32" s="1" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="34" spans="1:31">
       <c r="A34" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">essence principale</t>
+            <t xml:space="preserve">main tree species</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #90</t>
           </r>
         </is>
       </c>
     </row>
     <row r="35" spans="1:31" customHeight="1" ht="29">
       <c r="A35" s="1" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="37" spans="1:31">
       <c r="A37" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">economic region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="38" spans="1:31" customHeight="1" ht="29">
       <c r="A38" s="1" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="40" spans="1:31">
       <c r="A40" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="41" spans="1:31" customHeight="1" ht="29">
       <c r="A41" s="1" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="43" spans="1:31">
       <c r="A43" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="44" spans="1:31" customHeight="1" ht="29">
       <c r="A44" s="1" t="s">
         <v>52</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>