--- v0 (2025-11-17)
+++ v1 (2026-01-08)
@@ -14,344 +14,344 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>deadwood quantity</t>
+  </si>
+  <si>
+    <t>higher/lower altitude zone</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région de forêt protectrice</t>
+      <t xml:space="preserve">regional demarcation</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unit</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">evaluation area</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI1-NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...30 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">grid</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
+    </r>
+  </si>
+  <si>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...2 lines deleted...]
-    <t>zones supérieures</t>
+    <t>lower altitude zone</t>
+  </si>
+  <si>
+    <t>higher altitude zone</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412718/594549</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quantité de bois mort</t>
+      <t xml:space="preserve">deadwood quantity</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), déduction faite du volume des morceaux de tige cassés, ainsi que volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) sans morceaux de bois fort dans les tas de branches.</t>
+    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">higher/lower altitude zone</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région de forêt protectrice</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse utilisé dans l'IFN pour analyser des forêts protectrices. Les six régions de forêts protectrices ont été formées à partir des régions économiques en regroupant certaines régions selon des critères environnementaux et statistiques.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2382</t>
     </r>
   </si>
   <si>
-    <t>Forêt dont moins des deux tiers de la surface était couverte d'arbustes et qui était atteignable à pied lors des cinq inventaires IFN1 (1983-1985), IFN2 (1993-1995), IFN3 (2004-2006), IFN4 (2009-2017) et IFN5 (2018-2026).</t>
+    <t>Forest that was less than two-thirds covered with shrubs in the five inventories NFI1 (1983-1985), NFI2 (1993-1995), NFI3 (2004-2006), NFI4 (2009-2017) and NFI5 (2018-2026) and was accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -703,51 +703,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:O33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:15">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -1058,235 +1058,235 @@
         <v>100.0</v>
       </c>
       <c r="M16" s="6" t="s">
         <v>19</v>
       </c>
       <c r="N16" s="6">
         <v>100.0</v>
       </c>
       <c r="O16" s="6" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="17" spans="1:15" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412718/594549</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
       <c r="N17" s="3"/>
       <c r="O17" s="3"/>
     </row>
     <row r="20" spans="1:15">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quantité de bois mort</t>
+            <t xml:space="preserve">deadwood quantity</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:15" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23" spans="1:15">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">higher/lower altitude zone</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:15" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:15">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région de forêt protectrice</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:15" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="29" spans="1:15">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN1-IFN5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI1-NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2382</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:15" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="32" spans="1:15">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:15" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>33</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:O1"/>
     <mergeCell ref="A2:O2"/>