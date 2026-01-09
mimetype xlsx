--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -17,365 +17,365 @@
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>IFN5</t>
   </si>
   <si>
-    <t>quantité de bois mort</t>
-[...2 lines deleted...]
-    <t>zones supérieures/inférieures</t>
+    <t>quantità di legno morto</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">découpage régional</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: région économique</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione economica</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unité</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: %, total de colonne</t>
+      <t xml:space="preserve">unità</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: %, totale colonna</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">ensemble analysé</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau</t>
-[...54 lines deleted...]
-    <t>Suisse</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione economica</t>
+  </si>
+  <si>
+    <t>Giura Ovest</t>
+  </si>
+  <si>
+    <t>Giura Est</t>
+  </si>
+  <si>
+    <t>Altopiano Ovest</t>
+  </si>
+  <si>
+    <t>Altopiano Centro</t>
+  </si>
+  <si>
+    <t>Altopiano Est</t>
+  </si>
+  <si>
+    <t>Prealpi Ovest</t>
+  </si>
+  <si>
+    <t>Prealpi Centro</t>
+  </si>
+  <si>
+    <t>Prealpi Est</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Centro</t>
+  </si>
+  <si>
+    <t>Alpi Nord-Est</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Ovest</t>
+  </si>
+  <si>
+    <t>Alpi Sud-Est</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>pas d'indication</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>zones inférieures</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412725/594556</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">quantité de bois mort</t>
+      <t xml:space="preserve">quantità di legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Volume de bois de tige des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), déduction faite du volume des morceaux de tige cassés, ainsi que volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) sans morceaux de bois fort dans les tas de branches.</t>
+    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zones supérieures/inférieures</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">région économique</t>
+      <t xml:space="preserve">regione economica</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
+    <t>Suddivisione della Svizzera in 14 regioni (2 nel Giura, 3 nell'Altopiano, 3 nelle Prealpi, 5 nelle Alpi e 1 per il Sud delle Alpi). Le Regioni economiche rappresentano una suddivisione delle Regioni di produzione in base a criteri economico-geografici.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forêt couverte par des arbustes sur moins des deux tiers de sa surface et atteignable à pied, tant dans l'IFN4 (2009-2017) que dans l'IFN5 (2018-2026).</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="5.856" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>100.0</v>
       </c>
       <c r="AC16" s="6" t="s">
         <v>27</v>
       </c>
       <c r="AD16" s="6">
         <v>100.0</v>
       </c>
       <c r="AE16" s="6" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412725/594556</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">quantité de bois mort</t>
+            <t xml:space="preserve">quantità di legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zones supérieures/inférieures</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">région économique</t>
+            <t xml:space="preserve">regione economica</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">forêt accessible sans la forêt buissonnante IFN4/IFN5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>