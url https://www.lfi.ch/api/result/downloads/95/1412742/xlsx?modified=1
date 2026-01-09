--- v0 (2025-11-17)
+++ v1 (2026-01-09)
@@ -14,341 +14,341 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>quantità di legno morto</t>
+  </si>
+  <si>
+    <t>alte/basse quote</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: production region</t>
+      <t xml:space="preserve">suddivisione regionale</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
       <t xml:space="preserve">: 1000 m³</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">insieme analizzato</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...27 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">reticolo</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+    </r>
+  </si>
+  <si>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
   </si>
   <si>
     <t>1000 m³</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...5 lines deleted...]
-    <t>total</t>
+    <t>basse quote</t>
+  </si>
+  <si>
+    <t>alte quote</t>
+  </si>
+  <si>
+    <t>totale</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412742/594573</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood quantity</t>
+      <t xml:space="preserve">quantità di legno morto</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
+    <t>Volume di legno del fusto degli alberi e arbusti morti in piedi di almeno 12 cm di diametro a petto d'uomo (DPU), a cui viene dedotto il volume dei pezzi del fusto rotti, nonché il volume del legno morto a terra di almeno 7 cm di diametro (legno commerciabile) senza parti di legno commerciabile nei mucchi di rami.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">alte/basse quote</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t xml:space="preserve">Stazioni di alta e bassa quota, classificate in base alle fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005). Il limite tra alte e basse quote sul versante nord delle alpi si colloca tra le fasce «montana superiore» e «montana inferiore», a Sud delle Alpi tra le fasce «altimontana» e «montana inferiore/superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">production region</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Demarcation of Switzerland into five regions (Jura, Plateau, Pre-Alps, Alps and Southern Alps) with relatively uniform growth and timber production conditions. The production regions were established by the Federal Office of Forestry long before the first National Forest Inventory (NFI1, 1983-1985). With a small exception along Lake Geneva, the boundaries of the production regions still follow the municipal boundaries of the time. Unlike the NFI, the Forestry Statistics of the Federal Statistical Office don't use the production regions as demarcation but rather the forestry zones, whose boundaries are somewhat different.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+      <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
+    <t>Bosco che, sia nell'IFN4 (2009-2017) sia nell'IFN5 (2018-2026), era coperto per meno di due terzi da arbusti ed è stato raggiunto a piedi.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -700,51 +700,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:M33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="11.569" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:13">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:13">
@@ -1017,233 +1017,233 @@
         <v>5588</v>
       </c>
       <c r="K16" s="6">
         <v>9</v>
       </c>
       <c r="L16" s="6">
         <v>48923</v>
       </c>
       <c r="M16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:13" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412742/594573</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
       <c r="L17" s="3"/>
       <c r="M17" s="3"/>
     </row>
     <row r="20" spans="1:13">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood quantity</t>
+            <t xml:space="preserve">quantità di legno morto</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:13" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="23" spans="1:13">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">alte/basse quote</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:13" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="26" spans="1:13">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">production region</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:13" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="29" spans="1:13">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
+            <t xml:space="preserve">bosco accessibile esclusi gli arbusteti IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:13" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="32" spans="1:13">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:13" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>32</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:M1"/>
     <mergeCell ref="A2:M2"/>