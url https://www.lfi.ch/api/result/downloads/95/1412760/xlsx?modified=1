--- v0 (2025-11-17)
+++ v1 (2026-01-10)
@@ -14,368 +14,368 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>NFI5</t>
-[...5 lines deleted...]
-    <t>higher/lower altitude zone</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>quantité de bois mort</t>
+  </si>
+  <si>
+    <t>zones supérieures/inférieures</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regional demarcation</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: economic region</t>
+      <t xml:space="preserve">découpage régional</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: région économique</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
       <t xml:space="preserve">: m³/ha</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">evaluation area</t>
-[...2 lines deleted...]
-      <t xml:space="preserve">: accessible forest without shrub forest</t>
+      <t xml:space="preserve">ensemble analysé</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: forêt accessible sans la forêt buissonnante</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">grid</t>
-[...54 lines deleted...]
-    <t>Switzerland</t>
+      <t xml:space="preserve">réseau</t>
+    </r>
+    <r>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
+    </r>
+  </si>
+  <si>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région économique</t>
+  </si>
+  <si>
+    <t>Ouest du Jura</t>
+  </si>
+  <si>
+    <t>Est du Jura</t>
+  </si>
+  <si>
+    <t>Ouest du Plateau</t>
+  </si>
+  <si>
+    <t>Centre du Plateau</t>
+  </si>
+  <si>
+    <t>Est du Plateau</t>
+  </si>
+  <si>
+    <t>Ouest des Préalpes</t>
+  </si>
+  <si>
+    <t>Centre des Préalpes</t>
+  </si>
+  <si>
+    <t>Est des Préalpes</t>
+  </si>
+  <si>
+    <t>Nord-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Centre des Alpes</t>
+  </si>
+  <si>
+    <t>Nord-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-ouest des Alpes</t>
+  </si>
+  <si>
+    <t>Sud-est des Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
   </si>
   <si>
     <t>m³/ha</t>
   </si>
   <si>
     <t>±⁠%</t>
   </si>
   <si>
-    <t>n/a</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>lower altitude zone</t>
-[...2 lines deleted...]
-    <t>higher altitude zone</t>
+    <t>zones inférieures</t>
+  </si>
+  <si>
+    <t>zones supérieures</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412760/594591</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">deadwood quantity</t>
+      <t xml:space="preserve">quantité de bois mort</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #214</t>
     </r>
   </si>
   <si>
-    <t>Stemwood volume of standing dead trees and shrubs with a diameter at breast height (dbh) ≥12 cm less the volume of broken stem pieces, plus the volume of lying deadwood ≥7 cm in diameter (merchantable wood) without merchantable pieces in heaps of branches.</t>
+    <t>Volume de bois de tige des arbres et arbustes morts sur pied d'au moins 12 cm de diamètre à hauteur de poitrine (DHP), déduction faite du volume des morceaux de tige cassés, ainsi que volume du bois mort à terre d'au moins 7 cm de diamètre (bois fort) sans morceaux de bois fort dans les tas de branches.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">higher/lower altitude zone</t>
+      <t xml:space="preserve">zones supérieures/inférieures</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2635</t>
     </r>
   </si>
   <si>
-    <t>Areas in higher and lower altitude zones classified according to the system used for altitudinal vegetation belts in the guidelines for monitoring the sustainability and performance of protection forests (NaiS; Frehner et al. 2005). The boundary between the higher and lower altitudes runs between the «upper montane» and «lower montane» levels on the Northern Alps and between the «high montane» and «upper/lower montane» levels to the Southern Alps. The information is based on the altitudinal vegetation belts determined by experts (accessible forest sample plots of NFI4 on the 1.4-km network; Arge Frehner et al. 2020), as well as on the altitudinal vegetation belts modelled for the period 1981-2010 (other sample plots; Zischg et al. 2021). n/a: located above the forest boundary modelled by Zischg et al. and sometimes in the area of lakes, which were relatively roughly cut out by Zischg et al.</t>
+    <t>Zones situées à des altitudes plus ou moins élevées, classées en fonction des étages de végétation selon la nomenclature du guide Gestion durable des forêts de protection (NaiS; Frehner et al. 2005). La frontière entre les zones supérieures et les zones inférieures s'étend au nord des Alpes entre les étages «montagnard supérieur» et «montagnard inférieur», et au sud des Alpes entre les étages «haut-montagnard» et «montagnard supérieur/inférieur». Les indications sont basées, d'une part, sur les étages de végétation déterminés par les experts (placettes forestières accessibles de l'IFN4 sur le réseau de 1,4 km; Arge Frehner et al. 2020) et, d'autre part, sur les étages de végétation modélisés pour la période 1981-2010 (autres placettes; Zischg et al. 2021). pas d'indication: situé au-dessus de la limite de la forêt modélisée par Zischg et al. ou éventuellement à proximité de lacs qui ont été découpés de manière relativement grossière par Zischg et al.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">economic region</t>
+      <t xml:space="preserve">région économique</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #366</t>
     </r>
   </si>
   <si>
-    <t>Division of Switzerland into 14 regions (2 in the Jura, 3 on the Plateau, 3 in the Pre-Alps, 5 in the Alps and 1 in the Southern Alps). The economic regions are a subdivision of the production regions according to economic-geographical criteria.</t>
+    <t>Découpage de la Suisse en 14 régions (2 dans le Jura, 3 sur le Plateau, 3 dans les Préalpes, 5 dans les régions alpines et 1 au sud des Alpes). Les régions économiques sont une subdivision des régions de production selon des points de vue économiques et géographiques.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">accessible forest without shrub forest</t>
+      <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #434</t>
     </r>
   </si>
   <si>
-    <t>Forest of which less than two-thirds is covered with shrubs that can be accessed on foot.</t>
+    <t>Forêt couverte à moins des deux tiers d'arbustes et accessible à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -727,51 +727,51 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:AE33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="33.992" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="37.562" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="17" max="17" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="18" max="18" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="19" max="19" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="20" max="20" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="21" max="21" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="22" max="22" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="23" max="23" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="24" max="24" width="9.283" bestFit="true" customWidth="true" style="0"/>
     <col min="25" max="25" width="6.856" bestFit="true" customWidth="true" style="0"/>
     <col min="26" max="26" width="9.283" bestFit="true" customWidth="true" style="0"/>
@@ -1386,51 +1386,51 @@
         <v>35.3</v>
       </c>
       <c r="AC16" s="6">
         <v>8</v>
       </c>
       <c r="AD16" s="6">
         <v>41.2</v>
       </c>
       <c r="AE16" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="17" spans="1:31" customHeight="1" ht="21.75">
       <c r="A17" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412760/594591</t>
           </r>
         </is>
       </c>
       <c r="B17" s="3"/>
       <c r="C17" s="3"/>
       <c r="D17" s="3"/>
       <c r="E17" s="3"/>
       <c r="F17" s="3"/>
       <c r="G17" s="3"/>
       <c r="H17" s="3"/>
       <c r="I17" s="3"/>
       <c r="J17" s="3"/>
       <c r="K17" s="3"/>
@@ -1446,191 +1446,191 @@
       <c r="U17" s="3"/>
       <c r="V17" s="3"/>
       <c r="W17" s="3"/>
       <c r="X17" s="3"/>
       <c r="Y17" s="3"/>
       <c r="Z17" s="3"/>
       <c r="AA17" s="3"/>
       <c r="AB17" s="3"/>
       <c r="AC17" s="3"/>
       <c r="AD17" s="3"/>
       <c r="AE17" s="3"/>
     </row>
     <row r="20" spans="1:31">
       <c r="A20" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">deadwood quantity</t>
+            <t xml:space="preserve">quantité de bois mort</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #214</t>
           </r>
         </is>
       </c>
     </row>
     <row r="21" spans="1:31" customHeight="1" ht="29">
       <c r="A21" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="23" spans="1:31">
       <c r="A23" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">higher/lower altitude zone</t>
+            <t xml:space="preserve">zones supérieures/inférieures</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2635</t>
           </r>
         </is>
       </c>
     </row>
     <row r="24" spans="1:31" customHeight="1" ht="29">
       <c r="A24" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="26" spans="1:31">
       <c r="A26" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">economic region</t>
+            <t xml:space="preserve">région économique</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #366</t>
           </r>
         </is>
       </c>
     </row>
     <row r="27" spans="1:31" customHeight="1" ht="29">
       <c r="A27" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="29" spans="1:31">
       <c r="A29" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">accessible forest without shrub forest</t>
+            <t xml:space="preserve">forêt accessible sans la forêt buissonnante</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #434</t>
           </r>
         </is>
       </c>
     </row>
     <row r="30" spans="1:31" customHeight="1" ht="29">
       <c r="A30" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="32" spans="1:31">
       <c r="A32" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="33" spans="1:31" customHeight="1" ht="29">
       <c r="A33" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:AE1"/>
     <mergeCell ref="A2:AE2"/>