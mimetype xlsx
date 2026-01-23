--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,403 +14,403 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
-    <t>IFN5</t>
-[...5 lines deleted...]
-    <t>superficie della chiaria più grande (5 classi) · fasce vegetazionali NaiS (6 classi)</t>
+    <t>LFI5</t>
+  </si>
+  <si>
+    <t>Anteil Waldprobeflächen</t>
+  </si>
+  <si>
+    <t>Fläche der grössten Lücke (5 Klassen) · NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">suddivisione regionale</t>
+      <t xml:space="preserve">Regionale Gliederung</t>
     </r>
     <r>
-      <t xml:space="preserve">: regione di produzione</t>
+      <t xml:space="preserve">: Produktionsregion</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">unità</t>
+      <t xml:space="preserve">Einheit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, subtotale</t>
+      <t xml:space="preserve">: %, Zwischentotal</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">insieme analizzato</t>
+      <t xml:space="preserve">Bezugsfläche</t>
     </r>
     <r>
-      <t xml:space="preserve">: bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">: zugänglicher Wald LFI4/LFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo</t>
+      <t xml:space="preserve">Netz</t>
     </r>
     <r>
-      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
     </r>
   </si>
   <si>
-    <t>stato 2018/26</t>
-[...26 lines deleted...]
-    <t>fasce vegetazionali NaiS (6 classi)</t>
+    <t>Zustand 2018/26</t>
+  </si>
+  <si>
+    <t>Produktionsregion</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>Mittelland</t>
+  </si>
+  <si>
+    <t>Voralpen</t>
+  </si>
+  <si>
+    <t>Alpen</t>
+  </si>
+  <si>
+    <t>Alpensüdseite</t>
+  </si>
+  <si>
+    <t>Schweiz</t>
+  </si>
+  <si>
+    <t>Fläche der grössten Lücke (5 Klassen)</t>
+  </si>
+  <si>
+    <t>NaiS-Vegetationshöhenstufen (6 Klassen)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>nessuna indicazione</t>
+    <t>keine Angabe</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>subalpina superiore</t>
-[...32 lines deleted...]
-    <t>chiaria molto grande (&gt;5000 m2)</t>
+    <t>obersubalpin</t>
+  </si>
+  <si>
+    <t>subalpin</t>
+  </si>
+  <si>
+    <t>hochmontan</t>
+  </si>
+  <si>
+    <t>unter- und obermontan</t>
+  </si>
+  <si>
+    <t>submontan</t>
+  </si>
+  <si>
+    <t>hyperinsubrisch und kollin</t>
+  </si>
+  <si>
+    <t>Total</t>
+  </si>
+  <si>
+    <t>keine Lücke (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>kleine Lücke (100-500 m2)</t>
+  </si>
+  <si>
+    <t>mittlere Lücke (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>grosse Lücke (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>sehr grosse Lücke (&gt;5000 m2)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412846/594677</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+      <t xml:space="preserve">Anteil Waldprobeflächen</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
+    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
+    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+      <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2633</t>
     </r>
   </si>
   <si>
-    <t xml:space="preserve">Fasce vegetazionali secondo il sistema delle linee guida «Continuità nel bosco di protezione e controllo dell'efficacia» (NaiS; Frehner et al. 2005), ridotto a sei classi. Questa variabile rappresenta una semplificazione delle fasce vegetazionali NaiS in dieci classi (NAISHSTKOMB), per cui le classi «iperinsubrica», «collinare» e «collinare con faggio» vengono riunite nella classe «iperinsubrica e collinare», mentre le fasce «montana inferiore», «montana superiore» e «montana inferiore/superiore» vengono riunite nella classe «montana inferiore e superiore». Le indicazioni si basano sulle fasce vegetazionali determinate da esperti (aree di saggio in bosco e accessibili dell'IFN4 sul reticolo di 1,4 km; Arge Frehner et al. 2020) e d'altro canto sulle fasce vegetazionali modellizzate per il periodo 1981-2010 (restanti aree di saggio; Zischg et al. 2021). nessuna indicazione: situato sopra il limite del bosco modellizzato da Zischg et al. e talvolta nell'area di laghi, che sono stati tagliati in modo relativamente approssimativo da Zischg et al. </t>
+    <t xml:space="preserve">Vegetationshöhenstufen in der Systematik der Wegleitung Nachhaltigkeit und Erfolgskontrolle im Schutzwald (NaiS; Frehner et al. 2005), reduziert auf sechs Klassen. Die Variable stellt eine Vereinfachung der NaiS-Vegetationshöhenstufen in zehn Klassen (NAISHSTKOMB) dar, indem die Klassen «hyperinsubrisch», «kollin» und «kollin mit Buche» zur Klasse «hyperinsubrisch und kollin» und die Stufen «untermontan», «obermontan» und «unter-/obermontan» zur Stufe «unter- und obermontan» zusammengezogen wurden. Die Angaben beruhen einerseits auf von Experten bestimmten Vegetationshöhenstufen (zugängliche Waldprobeflächen des LFI4 auf dem 1,4-km-Netz; Arge Frehner et al. 2020) und andererseits auf den für die Periode 1981-2010 modellierten Vegetationshöhenstufen (übrige Probeflächen; Zischg et al. 2021). keine Angabe: oberhalb der von Zischg et al. modellierten Waldgrenze oder allenfalls im Bereich von Seen liegend, die von Zischg et al. relativ grob ausgeschnitten worden sind. </t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">regione di produzione</t>
+      <t xml:space="preserve">Produktionsregion</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
+    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+      <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2608</t>
     </r>
   </si>
   <si>
-    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto» ed è stata raggiunta a piedi.</t>
+    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war) und zu Fuss aufgesucht werden konnte.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
+    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -762,52 +762,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N88"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="57.557" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="5.856" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -3287,268 +3287,268 @@
         <v>100.0</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M68" s="6">
         <v>100.0</v>
       </c>
       <c r="N68" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="69" spans="1:14" customHeight="1" ht="21.75">
       <c r="A69" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412846/594677</t>
           </r>
         </is>
       </c>
       <c r="C69" s="3"/>
       <c r="D69" s="3"/>
       <c r="E69" s="3"/>
       <c r="F69" s="3"/>
       <c r="G69" s="3"/>
       <c r="H69" s="3"/>
       <c r="I69" s="3"/>
       <c r="J69" s="3"/>
       <c r="K69" s="3"/>
       <c r="L69" s="3"/>
       <c r="M69" s="3"/>
       <c r="N69" s="3"/>
     </row>
     <row r="72" spans="1:14">
       <c r="A72" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
+            <t xml:space="preserve">Anteil Waldprobeflächen</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="73" spans="1:14" customHeight="1" ht="29">
       <c r="A73" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="75" spans="1:14">
       <c r="A75" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
+            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="76" spans="1:14" customHeight="1" ht="29">
       <c r="A76" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="78" spans="1:14">
       <c r="A78" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">fasce vegetazionali NaiS (6 classi)</t>
+            <t xml:space="preserve">NaiS-Vegetationshöhenstufen (6 Klassen)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2633</t>
           </r>
         </is>
       </c>
     </row>
     <row r="79" spans="1:14" customHeight="1" ht="29">
       <c r="A79" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="81" spans="1:14">
       <c r="A81" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">regione di produzione</t>
+            <t xml:space="preserve">Produktionsregion</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="82" spans="1:14" customHeight="1" ht="29">
       <c r="A82" s="1" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="84" spans="1:14">
       <c r="A84" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">bosco accessibile IFN4/IFN5</t>
+            <t xml:space="preserve">zugänglicher Wald LFI4/LFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2608</t>
           </r>
         </is>
       </c>
     </row>
     <row r="85" spans="1:14" customHeight="1" ht="29">
       <c r="A85" s="1" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="87" spans="1:14">
       <c r="A87" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
+            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="88" spans="1:14" customHeight="1" ht="29">
       <c r="A88" s="1" t="s">
         <v>45</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>