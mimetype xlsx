--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Gerinneprozesse (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proportion de placettes en forêt</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022) · surface de la plus grande trouée (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">découpage régional</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: région de production</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unité</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, total de colonne</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">ensemble analysé</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald</t>
+      <t xml:space="preserve">: forêt accessible</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">réseau</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...2 lines deleted...]
-    <t>Produktionsregion</t>
+    <t>état 2018/26</t>
+  </si>
+  <si>
+    <t>région de production</t>
   </si>
   <si>
     <t>Jura</t>
   </si>
   <si>
-    <t>Mittelland</t>
-[...17 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>Plateau</t>
+  </si>
+  <si>
+    <t>Préalpes</t>
+  </si>
+  <si>
+    <t>Alpes</t>
+  </si>
+  <si>
+    <t>Sud des Alpes</t>
+  </si>
+  <si>
+    <t>Suisse</t>
+  </si>
+  <si>
+    <t>forêt de protection contre des processus liés aux cours d'eau (2022)</t>
+  </si>
+  <si>
+    <t>surface de la plus grande trouée (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>pas d'indication</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>pas de trouée (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>petite trouée (100-500 m2)</t>
+  </si>
+  <si>
+    <t>trouée moyenne (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>grande trouée (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>très grande trouée (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>à l'interieur</t>
+  </si>
+  <si>
+    <t>à l'extérieur</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412887/594718</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion de placettes en forêt</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion de placettes d'échantillonnage qui correspondent à la définition IFN de la forêt, c'est-à-dire qui sont couvertes par de la «forêt sans la forêt buissonnante» ou de la «forêt buissonnante».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+      <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Zone située à l'intérieur/à l'extérieur d'une forêt de protection contre les processus liés aux cours d'eau délimitée en 2022 par les cantons selon les critères harmonisés de SilvaProtect-CH. Source: données SIG de l'OFEV, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Placettes d'échantillonnage avec/sans trouées ≥100 m² d'un bord de couronne à l'autre recoupant la surface d'interprétation (50 × 50 m), classées en fonction de la surface de la plus grande trouée. Source: interprétation des photos aériennes</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">région de production</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Découpage de la Suisse en cinq régions (Jura, Plateau, Préalpes, Alpes et Sud des Alpes) avec des conditions de croissance et de production de bois relativement homogènes. Les régions de production ont été définies par l'Office fédéral des forêts bien avant le premier inventaire forestier national (IFN1, 1983-1985). À une petite exception près au bord du lac Léman, les frontières des régions de production suivent encore les frontières communales de l'époque. Contrairement à l'IFN, la statistique forestière gérée par l'Office fédéral de la statistique se base non pas sur les régions de production, mais sur les zones forestières, dont la délimitation est légèrement différente.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald</t>
+      <t xml:space="preserve">forêt accessible</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1348</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die die Walddefinition des LFI erfüllt, also «Wald ohne Gebüschwald» oder «Gebüschwald» ist, und zu Fuss aufgesucht werden kann.</t>
+    <t>Surface répondant à la définition forestière de l'IFN, c'est-à-dire «forêt sans la forêt buissonnante» ou «forêt buissonnante», et atteignable à pied.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sous-réseaux 1, 2, 3, 4 et 5 des relevés de terrain sur le réseau d'échantillonnage avec un maillage de 1,4 km (réseau de base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="83.551" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventaire forestier national suisse, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412887/594718</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion de placettes en forêt</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+            <t xml:space="preserve">forêt de protection contre des processus liés aux cours d'eau (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">surface de la plus grande trouée (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">région de production</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald</t>
+            <t xml:space="preserve">forêt accessible</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1348</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">réseau 1,4 km, sous-réseaux 1 à 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>