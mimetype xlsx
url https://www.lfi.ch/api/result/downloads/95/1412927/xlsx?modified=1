--- v0 (2026-01-23)
+++ v1 (2026-01-23)
@@ -14,391 +14,391 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Gerinneprozesse (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>IFN5</t>
+  </si>
+  <si>
+    <t>proporzione di aree di saggio in bosco</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022) · superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">suddivisione regionale</t>
     </r>
     <r>
-      <t xml:space="preserve">: Produktionsregion</t>
+      <t xml:space="preserve">: regione di produzione</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unità</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Zwischentotal</t>
+      <t xml:space="preserve">: %, subtotale</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">insieme analizzato</t>
     </r>
     <r>
-      <t xml:space="preserve">: Wald LFI4/LFI5</t>
+      <t xml:space="preserve">: bosco IFN4/IFN5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">reticolo</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...26 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>stato 2018/26</t>
+  </si>
+  <si>
+    <t>regione di produzione</t>
+  </si>
+  <si>
+    <t>Giura</t>
+  </si>
+  <si>
+    <t>Altopiano</t>
+  </si>
+  <si>
+    <t>Prealpi</t>
+  </si>
+  <si>
+    <t>Alpi</t>
+  </si>
+  <si>
+    <t>Sud delle Alpi</t>
+  </si>
+  <si>
+    <t>Svizzera</t>
+  </si>
+  <si>
+    <t>bosco di protezione contro processi idrologici nei torrenti (2022)</t>
+  </si>
+  <si>
+    <t>superficie della chiaria più grande (5 classi)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>nessuna indicazione</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>nessuna chiaria (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>piccola chiaria (100-500 m2)</t>
+  </si>
+  <si>
+    <t>chiaria mediana (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria grande (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>chiaria molto grande (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>totale</t>
+  </si>
+  <si>
+    <t>all'interno</t>
+  </si>
+  <si>
+    <t>all'esterno</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+      <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412927/594758</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proporzione di aree di saggio che corrispondono alla definizione di bosco dell'IFN, ossia che sono coperte da "bosco senza gli arbusteti" o da "arbusteti".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+      <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2643</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Gerinneprozesse, den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Superficie all'interno/all'esterno del bosco di protezione contro processi idrologici nei torrenti, che i Cantoni hanno definito in base ai criteri armonizzati di SilvaProtect-CH nell'anno 2022. Fonte: dati GIS dell'UFAM, 2022.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Aree di saggio senza/con chiarie ≥100 m² (misurate da bordo della chioma a bordo della chioma), che intersecano l'area di interpretazione (50 × 50 m), classificate in base all'estensione della chiaria più grande. Fonte: interpretazione di foto aeree.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Produktionsregion</t>
+      <t xml:space="preserve">regione di produzione</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #49</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz in fünf Regionen (Jura, Mittelland, Voralpen, Alpen und Alpensüdseite) mit relativ einheitlichen Wuchs- und Holzproduktionsbedingungen. Die Produktionsregionen wurden vom Bundesamt für Forstwesen lange vor dem ersten Landesforstinventar (LFI1, 1983-1985) gebildet. Mit einer kleinen Ausnahme am Genfersee folgen die Grenzen der Produktionsregionen noch immer den damaligen Gemeindegrenzen. Im Gegensatz zum LFI verwendet die vom Bundesamt für Statistik geführte Forststatistik als Gliederung nicht die Produktionsregionen, sondern die Forstzonen, deren Grenzverlauf etwas anders ist.</t>
+    <t>Suddivisione della Svizzera in cinque regioni (Giura, Altopiano, Prealpi, Alpi e Sud delle Alpi) che presentano condizioni di crescita e di produzione di legname relativamente omogenee. Le Regioni di produzione furono elaborate dall'Ufficio federale delle foreste molto prima del primo inventario forestale nazionale (IFN1, 1983-1985). A parte una piccola eccezione attorno al lago Lemano, i confini delle Regioni di produzione corrispondono ai confini dei comuni di allora. Al contrario dell'IFN, la statistica forestale eseguita dall'Ufficio federale di statistica non usa le Regioni di produzione, bensì le Zone forestali, i cui confini hanno un corso leggermente diverso.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Wald LFI4/LFI5</t>
+      <t xml:space="preserve">bosco IFN4/IFN5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2604</t>
     </r>
   </si>
   <si>
-    <t>Fläche, die sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) die Walddefinition des LFI erfüllte (also «Wald ohne Gebüschwald» oder «Gebüschwald» war).</t>
+    <t>Area che soddisfa la definizione di bosco dell'IFN sia nell'IFN4 (2009-2017) che nell'IFN5 (2018-2026), ossia che è «bosco esclusi gli arbusteti» o «arbusteto».</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sottoreticoli 1, 2, 3, 4 e 5 per il rilievo terrestre sul reticolo di campionamento con una maglia di 1,4 km (reticolo di base).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -750,52 +750,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:N60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="49.417" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="81.266" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="57.557" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:14">
@@ -2093,268 +2093,268 @@
         <v>100.0</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>20</v>
       </c>
       <c r="M40" s="6">
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="41" spans="1:14" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 18.05.2024</t>
+            <t xml:space="preserve">© WSL, Inventario Forestale Nazionale Svizzero, 18.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412927/594758</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
     </row>
     <row r="44" spans="1:14">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proporzione di aree di saggio in bosco</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:14" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="47" spans="1:14">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Gerinneprozesse (2022)</t>
+            <t xml:space="preserve">bosco di protezione contro processi idrologici nei torrenti (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2643</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:14" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="50" spans="1:14">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">superficie della chiaria più grande (5 classi)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:14" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="53" spans="1:14">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Produktionsregion</t>
+            <t xml:space="preserve">regione di produzione</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #49</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:14" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="56" spans="1:14">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Wald LFI4/LFI5</t>
+            <t xml:space="preserve">bosco IFN4/IFN5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2604</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:14" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="59" spans="1:14">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">reticolo 1,4 km, sottoreticoli 1 a 5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:14" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>41</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:N1"/>
     <mergeCell ref="A2:N2"/>