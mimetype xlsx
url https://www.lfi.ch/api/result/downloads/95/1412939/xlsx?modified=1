--- v0 (2026-01-09)
+++ v1 (2026-01-11)
@@ -14,394 +14,394 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="43">
   <si>
-    <t>LFI5</t>
-[...5 lines deleted...]
-    <t>Schutzwald gegen Stein-/Blockschlag (2022) · Fläche der grössten Lücke (5 Klassen)</t>
+    <t>NFI5</t>
+  </si>
+  <si>
+    <t>proportion of forest plots</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022) · area of largest gap (5 classes)</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Regionale Gliederung</t>
+      <t xml:space="preserve">regional demarcation</t>
     </r>
     <r>
-      <t xml:space="preserve">: Schutzwaldregion</t>
+      <t xml:space="preserve">: protection forest region</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Einheit</t>
+      <t xml:space="preserve">unit</t>
     </r>
     <r>
-      <t xml:space="preserve">: %, Spaltentotal</t>
+      <t xml:space="preserve">: %, column total</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Bezugsfläche</t>
+      <t xml:space="preserve">evaluation area</t>
     </r>
     <r>
-      <t xml:space="preserve">: zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">: accessible forest without shrub forest NFI4/NFI5</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF006268"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Netz</t>
+      <t xml:space="preserve">grid</t>
     </r>
     <r>
-      <t xml:space="preserve">: 1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">: 1.4 km grid, subgrids 1-5</t>
     </r>
   </si>
   <si>
-    <t>Zustand 2018/26</t>
-[...29 lines deleted...]
-    <t>Fläche der grössten Lücke (5 Klassen)</t>
+    <t>state 2018/26</t>
+  </si>
+  <si>
+    <t>protection forest region</t>
+  </si>
+  <si>
+    <t>Jura + Plateau</t>
+  </si>
+  <si>
+    <t>Northwestern Alps</t>
+  </si>
+  <si>
+    <t>Northeastern Alps</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Southwestern Alps </t>
+  </si>
+  <si>
+    <t>Southeastern Alps</t>
+  </si>
+  <si>
+    <t>Southern Alps</t>
+  </si>
+  <si>
+    <t>Switzerland</t>
+  </si>
+  <si>
+    <t>protection forest against rockfall (2022)</t>
+  </si>
+  <si>
+    <t>area of largest gap (5 classes)</t>
   </si>
   <si>
     <t>%</t>
   </si>
   <si>
     <t>±</t>
   </si>
   <si>
-    <t>keine Angabe</t>
+    <t>n/a</t>
   </si>
   <si>
     <t>.</t>
   </si>
   <si>
-    <t>keine Lücke (&lt;100 m2)</t>
-[...20 lines deleted...]
-    <t>ausserhalb</t>
+    <t>no gap (&lt;100 m2)</t>
+  </si>
+  <si>
+    <t>small gap 100-500 m2)</t>
+  </si>
+  <si>
+    <t>medium gap (500-1000 m2)</t>
+  </si>
+  <si>
+    <t>large gap (1000-5000 m2)</t>
+  </si>
+  <si>
+    <t>very large gap (&gt;5000 m2)</t>
+  </si>
+  <si>
+    <t>total</t>
+  </si>
+  <si>
+    <t>inside</t>
+  </si>
+  <si>
+    <t>outside</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+      <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1412939/594770</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Anteil Waldprobeflächen</t>
+      <t xml:space="preserve">proportion of forest plots</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #326</t>
     </r>
   </si>
   <si>
-    <t>Anteil der Probeflächen, die die Walddefinition des LFI erfüllen, also von «Wald ohne Gebüschwald» oder «Gebüschwald» bedeckt sind.</t>
+    <t>Proportion of sample plots that meet the forest definition of NFI, i.e. are covered by "forest without shrub forest" or "shrub forest".</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+      <t xml:space="preserve">protective forest against rockfall (2022)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2646</t>
     </r>
   </si>
   <si>
-    <t>Fläche innerhalb/ausserhalb des Schutzwalds gegen Stein- oder Blockschlag (Sturzprozesse), den die Kantone nach den harmonisierten Kriterien von SilvaProtect-CH im Jahr 2022 ausgeschieden hatten. Grundlage: GIS-Daten BAFU, 2022</t>
+    <t>Area in/outside a forest that provides protection against rockfall processes which the cantons designated «protective forest» according to the harmonised criteria of SilvaProtect-CH in 2022. Reference: GIS data from FOEN, 2022</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+      <t xml:space="preserve">area of largest gap (5 classes)</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1338</t>
     </r>
   </si>
   <si>
-    <t>Probeflächen ohne/mit Lücken ≥100 m² von Kronenrand zu Kronenrand, die die Interpretationsfläche (50 × 50 m) anschneiden, klassiert nach der Fläche der grössten Lücke. Grundlage: Luftbildinterpretation</t>
+    <t>Sample plots without/with gaps ≥100 m² from canopy edge to canopy edge that intersect with the interpretation area (50 × 50 m), classified according to the area of the largest gap into five classes. Reference: aerial photo interpretation</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">Schutzwaldregion</t>
+      <t xml:space="preserve">protective forest region</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #829</t>
     </r>
   </si>
   <si>
-    <t>Gliederung der Schweiz, die im LFI für Schutzwaldanalysen verwendet wird. Die sechs Schutzwaldregionen wurden aus den Wirtschaftsregionen durch Zusammenfassung einzelner Regionen nach naturräumlichen und statistischen Aspekten gebildet.</t>
+    <t>Demarcation of Switzerland used in NFI for protective forest analyses. The six protective forest regions were derived from the economic regions by combining individual regions according to natural and statistical criteria.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+      <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #2282</t>
     </r>
   </si>
   <si>
-    <t>Wald, der sowohl im LFI4 (2009-2017) als auch im LFI5 (2018-2026) zu weniger als zwei Dritteln mit Sträuchern bedeckt war und zu Fuss aufgesucht werden konnte.</t>
+    <t>Forest that was less than two-thirds covered with shrubs in both NFI4 (2009-2017) and NFI5 (2018-2026) and is accessible on foot.</t>
   </si>
   <si>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="true"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FF000000"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
-      <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+      <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
     </r>
     <r>
       <rPr>
         <rFont val="Calibri"/>
         <b val="false"/>
         <i val="false"/>
         <strike val="false"/>
         <color rgb="FFaaaaaa"/>
         <sz val="11"/>
         <u val="none"/>
       </rPr>
       <t xml:space="preserve"> #1746</t>
     </r>
   </si>
   <si>
-    <t>Unternetze 1, 2, 3, 4 und 5 der Feldaufnahmen auf dem Stichprobennetz mit einer Maschenweite von 1,4 km (Basisnetz).</t>
+    <t>Sub-grids 1, 2, 3, 4 and 5 of the field surveys on the sampling grid with a mesh size of 1.4 km (base grid).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -753,52 +753,52 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:P60"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="false" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="52.844" bestFit="true" customWidth="true" style="0"/>
-    <col min="2" max="2" width="46.989" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="51.702" bestFit="true" customWidth="true" style="0"/>
+    <col min="2" max="2" width="39.99" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="7" max="7" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="8" max="8" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="9" max="9" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="10" max="10" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="11" max="11" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="12" max="12" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="13" max="13" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="14" max="14" width="4.57" bestFit="true" customWidth="true" style="0"/>
     <col min="15" max="15" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="16" max="16" width="4.57" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="2" spans="1:16">
       <c r="A2" t="s">
         <v>1</v>
       </c>
@@ -2278,270 +2278,270 @@
         <v>100.0</v>
       </c>
       <c r="N40" s="6" t="s">
         <v>21</v>
       </c>
       <c r="O40" s="6">
         <v>100.0</v>
       </c>
       <c r="P40" s="6" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="41" spans="1:16" customHeight="1" ht="21.75">
       <c r="A41" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">© WSL, Schweizerisches Landesforstinventar, 17.05.2024</t>
+            <t xml:space="preserve">© WSL, Swiss National Forest Inventory, 17.05.2024</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1412939/594770</t>
           </r>
         </is>
       </c>
       <c r="C41" s="3"/>
       <c r="D41" s="3"/>
       <c r="E41" s="3"/>
       <c r="F41" s="3"/>
       <c r="G41" s="3"/>
       <c r="H41" s="3"/>
       <c r="I41" s="3"/>
       <c r="J41" s="3"/>
       <c r="K41" s="3"/>
       <c r="L41" s="3"/>
       <c r="M41" s="3"/>
       <c r="N41" s="3"/>
       <c r="O41" s="3"/>
       <c r="P41" s="3"/>
     </row>
     <row r="44" spans="1:16">
       <c r="A44" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Anteil Waldprobeflächen</t>
+            <t xml:space="preserve">proportion of forest plots</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #326</t>
           </r>
         </is>
       </c>
     </row>
     <row r="45" spans="1:16" customHeight="1" ht="29">
       <c r="A45" s="1" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="47" spans="1:16">
       <c r="A47" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwald gegen Stein-/Blockschlag (2022)</t>
+            <t xml:space="preserve">protective forest against rockfall (2022)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2646</t>
           </r>
         </is>
       </c>
     </row>
     <row r="48" spans="1:16" customHeight="1" ht="29">
       <c r="A48" s="1" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:16">
       <c r="A50" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Fläche der grössten Lücke (5 Klassen)</t>
+            <t xml:space="preserve">area of largest gap (5 classes)</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1338</t>
           </r>
         </is>
       </c>
     </row>
     <row r="51" spans="1:16" customHeight="1" ht="29">
       <c r="A51" s="1" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="53" spans="1:16">
       <c r="A53" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">Schutzwaldregion</t>
+            <t xml:space="preserve">protective forest region</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #829</t>
           </r>
         </is>
       </c>
     </row>
     <row r="54" spans="1:16" customHeight="1" ht="29">
       <c r="A54" s="1" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="56" spans="1:16">
       <c r="A56" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">zugänglicher Wald ohne Gebüschwald LFI4/LFI5</t>
+            <t xml:space="preserve">accessible forest without shrub forest NFI4/NFI5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #2282</t>
           </r>
         </is>
       </c>
     </row>
     <row r="57" spans="1:16" customHeight="1" ht="29">
       <c r="A57" s="1" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:16">
       <c r="A59" t="inlineStr">
         <is>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="true"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FF000000"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
-            <t xml:space="preserve">1,4-km-Netz, Unternetze 1-5</t>
+            <t xml:space="preserve">1.4 km grid, subgrids 1-5</t>
           </r>
           <r>
             <rPr>
               <rFont val="Calibri"/>
               <b val="false"/>
               <i val="false"/>
               <strike val="false"/>
               <color rgb="FFaaaaaa"/>
               <sz val="11"/>
               <u val="none"/>
             </rPr>
             <t xml:space="preserve"> #1746</t>
           </r>
         </is>
       </c>
     </row>
     <row r="60" spans="1:16" customHeight="1" ht="29">
       <c r="A60" s="1" t="s">
         <v>42</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:P1"/>
     <mergeCell ref="A2:P2"/>